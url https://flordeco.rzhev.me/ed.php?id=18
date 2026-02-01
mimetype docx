--- v0 (2025-12-07)
+++ v1 (2026-02-01)
@@ -1147,51 +1147,50 @@
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1848" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="007365DA" w:rsidRPr="0023493D" w:rsidRDefault="007365DA" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007365DA">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:noProof/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253468672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1083600" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="2540" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="15" name="Рисунок 15" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2022 (59) белый обсадочный\2022 (5).JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2022 (59) белый обсадочный\2022 (5).JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -1426,108 +1425,110 @@
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007365DA" w:rsidRPr="0003249F" w:rsidRDefault="007365DA" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612250" w:rsidRPr="0003249F" w:rsidTr="00400601">
+      <w:tr w:rsidR="00652479" w:rsidRPr="0003249F" w:rsidTr="00543F08">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00612250" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A53ADA" w:rsidP="00400601">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A53ADA">
+          <w:p w:rsidR="00652479" w:rsidRPr="00DA6DA3" w:rsidRDefault="00ED10CD" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00ED10CD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253470720" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253687808" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="17" name="Рисунок 17" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2024 (144) блондин-2  продать\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="125" name="Рисунок 125" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2025 (113) будь здоров продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2024 (144) блондин-2  продать\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2025 (113) будь здоров продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -1537,563 +1538,656 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A53ADA" w:rsidRPr="004E3EE4" w:rsidRDefault="00033225" w:rsidP="00A53ADA">
+          <w:p w:rsidR="00652479" w:rsidRPr="004E3EE4" w:rsidRDefault="00652479" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidR="00A53ADA">
-[...9 lines deleted...]
-            <w:r w:rsidR="00A53ADA">
+            <w:r w:rsidR="00ED10CD" w:rsidRPr="00ED10CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>БУДЬ  ЗДОРОВ</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
-            <w:r w:rsidR="00A53ADA" w:rsidRPr="0003249F">
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00A53ADA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
-            <w:r w:rsidR="00A53ADA" w:rsidRPr="0003249F">
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00612250" w:rsidRDefault="002B6514" w:rsidP="00033225">
+          <w:p w:rsidR="00652479" w:rsidRDefault="00ED10CD" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Анемоновидный, среднего размера, бледно-фарфорово-розовый</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidR="00A53ADA" w:rsidRPr="004E3EE4">
+              <w:t>Средней высоты и размера. Японский. Нежно-сиренево-розовый со сверкающими золотисто-желтыми стаминодиями. Стебли прочные. Куст устойчивый. Поздний.</w:t>
+            </w:r>
+            <w:r w:rsidR="00652479" w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612250" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="00400601">
+          <w:p w:rsidR="00652479" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="007A5323">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00612250" w:rsidRPr="0003249F" w:rsidRDefault="00612250" w:rsidP="00400601">
+          <w:p w:rsidR="00652479" w:rsidRPr="0003249F" w:rsidRDefault="00652479" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00033225" w:rsidRPr="0003249F" w:rsidTr="00EC1ED7">
+      <w:tr w:rsidR="00A36A7D" w:rsidRPr="0003249F" w:rsidTr="00EC1ED7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00033225" w:rsidRPr="00DA6DA3" w:rsidRDefault="00033225" w:rsidP="00EC1ED7">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00033225">
+          <w:p w:rsidR="00A36A7D" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253472768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253475840" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0FB49A93">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="19" name="Рисунок 19" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (124) бубенцы\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="2785" name="Рисунок 2785"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (124) бубенцы\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 9"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00033225" w:rsidRPr="004E3EE4" w:rsidRDefault="00033225" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00A36A7D" w:rsidRPr="004E3EE4" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">        БУБЕНЦЫ</w:t>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A36A7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>БУРНАШ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Рохлины</w:t>
+              <w:t>Рохлины, 2018</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00033225" w:rsidRDefault="00834204" w:rsidP="00125102">
+          <w:p w:rsidR="00A36A7D" w:rsidRDefault="007A5323" w:rsidP="00BB47EE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>М</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidR="00033225">
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ростой до полумахрового. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Куст невысокий, компактный</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">; очень обильное яркое цветение; цветы расположены над листвой на одном уровне. Размер цветка: 12-16 см; лепестки </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>блестящие, шелковистые.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>иолетово-розовый с ярко-вишнево-кр</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">асным центром лепестков. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Высота</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>см. Стебли</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прочные. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ср</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB47EE" w:rsidRPr="007A5323">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>едне-ранний</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007A5323">
-[...15 lines deleted...]
-            <w:r w:rsidR="00033225" w:rsidRPr="004E3EE4">
+            <w:r w:rsidR="00A36A7D" w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00033225" w:rsidRPr="00DB0DAE" w:rsidRDefault="007A5323" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00A36A7D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00033225" w:rsidRPr="0003249F" w:rsidRDefault="00033225" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00A36A7D" w:rsidRPr="0003249F" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00652479" w:rsidRPr="0003249F" w:rsidTr="00543F08">
+      <w:tr w:rsidR="0002384C" w:rsidRPr="0003249F" w:rsidTr="00651082">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00652479" w:rsidRPr="00DA6DA3" w:rsidRDefault="00ED10CD" w:rsidP="00543F08">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00ED10CD">
+          <w:p w:rsidR="0002384C" w:rsidRPr="00DA6DA3" w:rsidRDefault="0002384C" w:rsidP="00651082">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144971">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253687808" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253479936" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="125" name="Рисунок 125" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2025 (113) будь здоров продать\2400-1800.jpg"/>
+                  <wp:docPr id="20" name="Рисунок 20" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (158) в лиловых тонах продать\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2025 (113) будь здоров продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (158) в лиловых тонах продать\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -2103,657 +2197,497 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00652479" w:rsidRPr="004E3EE4" w:rsidRDefault="00652479" w:rsidP="00543F08">
+          <w:p w:rsidR="0002384C" w:rsidRPr="004E3EE4" w:rsidRDefault="0002384C" w:rsidP="00651082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
+              <w:t xml:space="preserve">           В  ЛИЛОВЫХ  ТОНАХ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0002384C" w:rsidRDefault="00834204" w:rsidP="00651082">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="0002384C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>рупный, нежно-розовый с лиловыми тенями; куст вазообразный, мощный с сильными стеблями.</w:t>
+            </w:r>
+            <w:r w:rsidR="0002384C" w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve">        </w:t>
-            </w:r>
-[...72 lines deleted...]
-              <w:t xml:space="preserve">         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00652479" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="007A5323">
+          <w:p w:rsidR="0002384C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="00651082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...21 lines deleted...]
-              <w:t>00</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00652479" w:rsidRPr="0003249F" w:rsidRDefault="00652479" w:rsidP="00543F08">
+          <w:p w:rsidR="0002384C" w:rsidRPr="0003249F" w:rsidRDefault="0002384C" w:rsidP="00651082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A36A7D" w:rsidRPr="0003249F" w:rsidTr="00EC1ED7">
+      <w:tr w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidTr="00651082">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1848" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A36A7D" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00EA022F" w:rsidRPr="0023493D" w:rsidRDefault="00EA022F" w:rsidP="00651082">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA022F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253475840" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0FB49A93">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253487104" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1616400"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:extent cx="1080000" cy="1620000"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2785" name="Рисунок 2785"/>
+                  <wp:docPr id="36" name="Рисунок 36" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2020 (20) как вишенка\2020 (1).JPG"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 9"/>
+                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2020 (20) как вишенка\2020 (1).JPG"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14">
+                          <a:blip r:embed="rId14" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1616400"/>
+                            <a:ext cx="1080000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:tcW w:w="7710" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A36A7D" w:rsidRPr="004E3EE4" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00EA022F" w:rsidRPr="004E3EE4" w:rsidRDefault="00EA022F" w:rsidP="00EA022F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">                          </w:t>
+              <w:t xml:space="preserve">        ВИШЕНКА                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Рохлины, 2018</w:t>
+              <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A36A7D" w:rsidRDefault="007A5323" w:rsidP="00BB47EE">
-[...146 lines deleted...]
-              <w:t xml:space="preserve">         </w:t>
+          <w:p w:rsidR="00EA022F" w:rsidRPr="00C27BFC" w:rsidRDefault="00367F61" w:rsidP="00EA022F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>крупный, вишневый с пурпуровым отливом, шелковистый, весной побеги и листья пурпурово-розовые.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA022F" w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A36A7D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidRDefault="00EA022F" w:rsidP="00651082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A36A7D" w:rsidRPr="0003249F" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
+          <w:p w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidRDefault="00EA022F" w:rsidP="00651082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0002384C" w:rsidRPr="0003249F" w:rsidTr="00651082">
+      <w:tr w:rsidR="00325FDA" w:rsidRPr="0003249F" w:rsidTr="00543F08">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0002384C" w:rsidRPr="00DA6DA3" w:rsidRDefault="0002384C" w:rsidP="00651082">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00144971">
+          <w:p w:rsidR="00325FDA" w:rsidRPr="00DA6DA3" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00661AED">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253479936" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253676544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="050D1F03" wp14:editId="636B6D9C">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="20" name="Рисунок 20" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (158) в лиловых тонах продать\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. выкинуть\1. выкинуты\Душа Нараспашку (15.2017)\Душа Нараспашку 0.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (158) в лиловых тонах продать\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. выкинуть\1. выкинуты\Душа Нараспашку (15.2017)\Душа Нараспашку 0.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -2763,959 +2697,732 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0002384C" w:rsidRPr="004E3EE4" w:rsidRDefault="0002384C" w:rsidP="00651082">
+          <w:p w:rsidR="00325FDA" w:rsidRPr="004E3EE4" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           В  ЛИЛОВЫХ  ТОНАХ</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           ДУША  НАРАСПАШКУ             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0002384C" w:rsidRDefault="00834204" w:rsidP="00651082">
+          <w:p w:rsidR="00325FDA" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>К</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">        </w:t>
+              <w:t>Высокий и крупный. Простой до полумахрового. Сиренево-розовый с более светлой серединой и краями. Душистый. Стебли прочные. Куст устойчивый. Средне-поздний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002384C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00834204" w:rsidP="00651082">
+          <w:p w:rsidR="00325FDA" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0002384C" w:rsidRPr="0003249F" w:rsidRDefault="0002384C" w:rsidP="00651082">
+          <w:p w:rsidR="00325FDA" w:rsidRPr="0003249F" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidTr="00651082">
+      <w:tr w:rsidR="00742471" w:rsidRPr="0003249F" w:rsidTr="00B950DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1848" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EA022F" w:rsidRPr="0023493D" w:rsidRDefault="00EA022F" w:rsidP="00651082">
-[...10 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00742471" w:rsidRPr="00DA6DA3" w:rsidRDefault="00742471" w:rsidP="00B950DB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00742471">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253487104" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253656064" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="1080000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="36" name="Рисунок 36" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2020 (20) как вишенка\2020 (1).JPG"/>
+                  <wp:docPr id="111" name="Рисунок 111" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2024 (69) забияка продать\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2020 (20) как вишенка\2020 (1).JPG"/>
+                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2024 (69) забияка продать\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1080000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7710" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EA022F" w:rsidRPr="004E3EE4" w:rsidRDefault="00EA022F" w:rsidP="00EA022F">
+          <w:p w:rsidR="00742471" w:rsidRPr="004E3EE4" w:rsidRDefault="00742471" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">        ВИШЕНКА                </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">          ЗАБИЯКА      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EA022F" w:rsidRPr="00C27BFC" w:rsidRDefault="00367F61" w:rsidP="00EA022F">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+          <w:p w:rsidR="00742471" w:rsidRDefault="001E6CBD" w:rsidP="00B950DB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Очень высокий, крупный, броский. Простой с гофрированными лепестками. Шелковистый. Багрово-красный; края лепестков ярко-пурпуровые. Стебли и листовые черешки с пурпуровым оттенком. Стебли устойчивые. Весной побеги и листва очень темно-свекольные. Ранний. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidRDefault="00EA022F" w:rsidP="00651082">
+          <w:p w:rsidR="00742471" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA022F" w:rsidRPr="0003249F" w:rsidRDefault="00EA022F" w:rsidP="00651082">
+          <w:p w:rsidR="00742471" w:rsidRPr="0003249F" w:rsidRDefault="00742471" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E1198E" w:rsidRPr="0003249F" w:rsidTr="00941EFD">
+      <w:tr w:rsidR="008E07A9" w:rsidRPr="0003249F" w:rsidTr="00BA41CB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E1198E" w:rsidRPr="00DA6DA3" w:rsidRDefault="00E1198E" w:rsidP="00941EFD">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008E07A9" w:rsidRPr="00DA6DA3" w:rsidRDefault="0011398A" w:rsidP="00BA41CB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011398A">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253852672" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="64A1C9F5" wp14:editId="2DCDB6AA">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253672448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2163600" cy="1623600"/>
-                  <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="49" name="Рисунок 49"/>
+                  <wp:docPr id="115" name="Рисунок 115" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17">
+                          <a:blip r:embed="rId17" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2163600" cy="1623600"/>
+                            <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E1198E" w:rsidRPr="004E3EE4" w:rsidRDefault="00E1198E" w:rsidP="00941EFD">
+          <w:p w:rsidR="008E07A9" w:rsidRPr="004E3EE4" w:rsidRDefault="008E07A9" w:rsidP="00BA41CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ГЮЛЬЧАТАЙ               </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve">           З</w:t>
+            </w:r>
+            <w:r w:rsidR="0011398A">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ЛАТОВЛАСКА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Рохлины, 2022</w:t>
+              <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1198E" w:rsidRDefault="00E1198E" w:rsidP="00FA2517">
+          <w:p w:rsidR="008E07A9" w:rsidRDefault="0011398A" w:rsidP="00BA41CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Чашевидный с сильно-гофрированными лепестками и рельефным узором снаружи.</w:t>
-[...224 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>Довольно крупный. Японский; некоторые цветки с воронковидными хохолками. Белый. стаминодии сливочно-желтые с чуть розоватыми кончиками. Стебли прочные. Куст устойчивый. Поздний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1198E" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00941EFD">
+          <w:p w:rsidR="008E07A9" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00BA41CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E1198E" w:rsidRPr="0003249F" w:rsidRDefault="00E1198E" w:rsidP="00941EFD">
+          <w:p w:rsidR="008E07A9" w:rsidRPr="0003249F" w:rsidRDefault="008E07A9" w:rsidP="00BA41CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001314CD" w:rsidRPr="0003249F" w:rsidTr="001314CD">
+      <w:tr w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidTr="005304A8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001314CD" w:rsidRPr="00DA6DA3" w:rsidRDefault="001314CD" w:rsidP="001314CD">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001314CD">
+          <w:p w:rsidR="00674C8C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00B115F2" w:rsidP="005304A8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B115F2">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253643776" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253549568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:align>center</wp:align>
+                    <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="margin">
-                    <wp:posOffset>36195</wp:posOffset>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="89" name="Рисунок 89" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые розовые ламбады\2024 (160) доброе утро продать\2400-1800.jpg"/>
+                  <wp:docPr id="76" name="Рисунок 76" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые розовые ламбады\2024 (160) доброе утро продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -3725,238 +3432,282 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001314CD" w:rsidRPr="004E3EE4" w:rsidRDefault="001314CD" w:rsidP="001314CD">
+          <w:p w:rsidR="00674C8C" w:rsidRPr="004E3EE4" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ДОБРОЕ  УТРО               </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           З</w:t>
+            </w:r>
+            <w:r w:rsidR="00B115F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ОЛОТИСТЫЙ  БОРДЮРНЫЙ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001314CD" w:rsidRDefault="001314CD" w:rsidP="001314CD">
+          <w:p w:rsidR="00674C8C" w:rsidRDefault="00B115F2" w:rsidP="008112C9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Довольно крупный. Чашевидный, от полумахрового до махрового. Размер лепестков убывает к центру цветка. Карминно-розовый с серебристыми краями. Легкий аромат. Стебли сильные. Куст устойчивый. Средне-ранний.</w:t>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidR="00674C8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ибрид. </w:t>
+            </w:r>
+            <w:r w:rsidR="008112C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Некрупный. Чашевидный, от полумахрового до махрового, зачастую с хохолком. Светло-желтый с розовеющими краями. Аромат приятный, с нотками сирени. Куст низкий, коренастый</w:t>
+            </w:r>
+            <w:r w:rsidR="005F09A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>. Ранний.</w:t>
+            </w:r>
+            <w:r w:rsidR="00674C8C" w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001314CD" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="001314CD">
+          <w:p w:rsidR="00674C8C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="005304A8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001314CD" w:rsidRPr="0003249F" w:rsidRDefault="001314CD" w:rsidP="001314CD">
+          <w:p w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325FDA" w:rsidRPr="0003249F" w:rsidTr="00543F08">
+      <w:tr w:rsidR="00546EEB" w:rsidRPr="0003249F" w:rsidTr="00533C63">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00325FDA" w:rsidRPr="00DA6DA3" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00661AED">
+          <w:p w:rsidR="00546EEB" w:rsidRPr="00DA6DA3" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00546EEB">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253676544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="050D1F03" wp14:editId="636B6D9C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253838336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. выкинуть\1. выкинуты\Душа Нараспашку (15.2017)\Душа Нараспашку 0.jpg"/>
+                  <wp:docPr id="2792" name="Рисунок 2792" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2024 (28)\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. выкинуть\1. выкинуты\Душа Нараспашку (15.2017)\Душа Нараспашку 0.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2024 (28)\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -3966,238 +3717,255 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00325FDA" w:rsidRPr="004E3EE4" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
+          <w:p w:rsidR="00546EEB" w:rsidRPr="004E3EE4" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ДУША  НАРАСПАШКУ             </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">           КОЛОСС </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00325FDA" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
+          <w:p w:rsidR="00546EEB" w:rsidRDefault="004762BC" w:rsidP="00546EEB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Высокий и крупный. Простой до полумахрового. Сиренево-розовый с более светлой серединой и краями. Душистый. Стебли прочные. Куст устойчивый. Средне-поздний.</w:t>
+              <w:t>Гибрид. Ц</w:t>
+            </w:r>
+            <w:r w:rsidR="00546EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ветки чашевидные, очень крупные, с красиво гофрированными краями лепестков, розовато-кремовые. Куст колоссальный, очень высокий и мощный. Лстья огромные, стебли толстые.</w:t>
+            </w:r>
+            <w:r w:rsidR="00546EEB" w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00325FDA" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00543F08">
+          <w:p w:rsidR="00546EEB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00533C63">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00325FDA" w:rsidRPr="0003249F" w:rsidRDefault="00325FDA" w:rsidP="00543F08">
+          <w:p w:rsidR="00546EEB" w:rsidRPr="0003249F" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742471" w:rsidRPr="0003249F" w:rsidTr="00B950DB">
+      <w:tr w:rsidR="00B950DB" w:rsidRPr="0003249F" w:rsidTr="00B950DB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00742471" w:rsidRPr="00DA6DA3" w:rsidRDefault="00742471" w:rsidP="00B950DB">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00742471">
+          <w:p w:rsidR="00B950DB" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00B950DB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3B3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253656064" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253658112" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="111" name="Рисунок 111" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2024 (69) забияка продать\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1926" name="Рисунок 1926" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (129) компактный розовый-1 продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые красные\2024 (69) забияка продать\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (129) компактный розовый-1 продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -4207,238 +3975,293 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00742471" w:rsidRPr="004E3EE4" w:rsidRDefault="00742471" w:rsidP="00B950DB">
+          <w:p w:rsidR="00B950DB" w:rsidRPr="004E3EE4" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">          ЗАБИЯКА      </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">           КОМПАКТНЫЙ  РОЗОВЫЙ        </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00742471" w:rsidRDefault="001E6CBD" w:rsidP="00B950DB">
+          <w:p w:rsidR="00B950DB" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Очень высокий, крупный, броский. Простой с гофрированными лепестками. Шелковистый. Багрово-красный; края лепестков ярко-пурпуровые. Стебли и листовые черешки с пурпуровым оттенком. Стебли устойчивые. Весной побеги и листва очень темно-свекольные. Ранний. </w:t>
+              <w:t>Среднего размера. Полумахровый</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>, иногда с хохолками в центре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>. Насыщенно-розовый</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с чуть серебристыми кончиками</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="005A3B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стебли прочные. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Куст невысокий, очень компактный, сжатый</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>, густооблиственный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>. Средне-поздний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00742471" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00B950DB">
+          <w:p w:rsidR="00B950DB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00742471" w:rsidRPr="0003249F" w:rsidRDefault="00742471" w:rsidP="00B950DB">
+          <w:p w:rsidR="00B950DB" w:rsidRPr="0003249F" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F75778" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="008215DB" w:rsidRPr="0003249F" w:rsidTr="00543F08">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F75778" w:rsidRPr="00DA6DA3" w:rsidRDefault="00F75778" w:rsidP="005304A8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00F75778">
+          <w:p w:rsidR="008215DB" w:rsidRPr="00DA6DA3" w:rsidRDefault="008215DB" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008215DB">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253528064" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253674496" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="92" name="Рисунок 92" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (219) зарница продать\2400-1800.jpg"/>
+                  <wp:docPr id="1931" name="Рисунок 1931" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\хороводы\2023 (60) кунак-2 продать\2400-1800 — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (219) зарница продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\хороводы\2023 (60) кунак-2 продать\2400-1800 — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -4448,247 +4271,229 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F75778" w:rsidRPr="004E3EE4" w:rsidRDefault="00F75778" w:rsidP="005304A8">
+          <w:p w:rsidR="008215DB" w:rsidRPr="004E3EE4" w:rsidRDefault="008215DB" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ЗАРНИЦА               </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           КУНАК                               </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F75778" w:rsidRDefault="00F75778" w:rsidP="005304A8">
+          <w:p w:rsidR="008215DB" w:rsidRDefault="008215DB" w:rsidP="008215DB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Махровый корончатый с закрытым центром, некрупный. Внешние лепестки сиреневато-розовые, светло-желтый «воротник», в центре розоватый «бутон». Душистый.</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">        </w:t>
+              <w:t>Среднего размера и высоты. Полумахровый, часто с хохолком в центре. Сиренево-розовый с более светлой серединой; на внешних лепестках красные ободки. Аромат приятный. Стебли тонкие, но прочные. Средне-ранний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F75778" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="005304A8">
+          <w:p w:rsidR="008215DB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F75778" w:rsidRPr="0003249F" w:rsidRDefault="00F75778" w:rsidP="005304A8">
+          <w:p w:rsidR="008215DB" w:rsidRPr="0003249F" w:rsidRDefault="008215DB" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002203DE" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidTr="003C278E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002203DE" w:rsidRPr="00DA6DA3" w:rsidRDefault="002203DE" w:rsidP="005304A8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002203DE">
+          <w:p w:rsidR="002C29A8" w:rsidRPr="00DA6DA3" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A67761">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253532160" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254006272" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="578AE316" wp14:editId="0636A7A0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="95" name="Рисунок 95" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2025 (58) засахаренный продать\2400-1800 — копия.jpg"/>
+                  <wp:docPr id="1937" name="Рисунок 1937" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 20" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2025 (58) засахаренный продать\2400-1800 — копия.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -4698,562 +4503,480 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002203DE" w:rsidRPr="004E3EE4" w:rsidRDefault="002203DE" w:rsidP="005304A8">
+          <w:p w:rsidR="002C29A8" w:rsidRPr="004E3EE4" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ЗАСАХАРЕННЫЙ            </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           МАВР                </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002203DE" w:rsidRDefault="002203DE" w:rsidP="00B337F8">
+          <w:p w:rsidR="002C29A8" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Некрупный махровый с хохолком.</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+              <w:t>Высокий, среднего размера. Полумахровый с сильно-гофрированными лепестками. Насыщенно темно-красный с пурпуровым отливом снаружи. Аромат цветочный. Стебли сильные. Куст устойчивый. Поздний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002203DE" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="005304A8">
+          <w:p w:rsidR="002C29A8" w:rsidRPr="00DB0DAE" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002203DE" w:rsidRPr="0003249F" w:rsidRDefault="002203DE" w:rsidP="005304A8">
+          <w:p w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B115F2" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
+      <w:tr w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidTr="00543F08">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B115F2" w:rsidRPr="00DA6DA3" w:rsidRDefault="00B115F2" w:rsidP="00B03D0D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00F37C51">
+          <w:p w:rsidR="00543F08" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253547520" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="106F454B" wp14:editId="17C21522">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254032896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27F5CF65">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="73" name="Рисунок 73" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (35) застенчивый\2400-1800.jpg"/>
+                  <wp:docPr id="3" name="Рисунок 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (35) застенчивый\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23" cstate="print">
+                          <a:blip r:embed="rId23">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B115F2" w:rsidRPr="004E3EE4" w:rsidRDefault="00B115F2" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00543F08" w:rsidRPr="004E3EE4" w:rsidRDefault="00543F08" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ЗАСТЕНЧИВЫЙ                </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           МАЛИНОВЫЙ                </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B115F2" w:rsidRDefault="00837BDD" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00543F08" w:rsidRDefault="00543F08" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Цветки оригинальной формы: кубковидные, закрытые, напоминают тюльпан; полностью</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>Крупный, средней высоты. Полумахровый с хохолками. Розовый с малиновой продольной штриховкой, в целом малиново-розовый. Срок цветения средне-поздний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B115F2" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00543F08" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00355D6D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00355D6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B115F2" w:rsidRPr="0003249F" w:rsidRDefault="00B115F2" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidRDefault="00543F08" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E07A9" w:rsidRPr="0003249F" w:rsidTr="00BA41CB">
+      <w:tr w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="008E07A9" w:rsidRPr="00DA6DA3" w:rsidRDefault="0011398A" w:rsidP="00BA41CB">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0011398A">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A26CEE">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253672448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253568000" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="115" name="Рисунок 115" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
+                  <wp:docPr id="94" name="Рисунок 94" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -5263,249 +4986,238 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="008E07A9" w:rsidRPr="004E3EE4" w:rsidRDefault="008E07A9" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           З</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">                </w:t>
+              <w:t xml:space="preserve">           НЕЖНО-АБРИКОСОВЫЙ          </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E07A9" w:rsidRDefault="0011398A" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Довольно крупный. Японский; некоторые цветки с воронковидными хохолками. Белый. стаминодии сливочно-желтые с чуть розоватыми кончиками. Стебли прочные. Куст устойчивый. Поздний.</w:t>
+              <w:t>Гибрид. Высокий. Простой чашевидный. Цветок некрупный. Нежно-абрикосовый с золотистыми тычинками и ярким пурпуровым пестиком. Ранний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E07A9" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008E07A9" w:rsidRPr="0003249F" w:rsidRDefault="008E07A9" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidTr="0039690D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00B115F2" w:rsidP="005304A8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B115F2">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="00DA6DA3" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D686B">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253549568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254031872" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0DED28BE" wp14:editId="5E40BB51">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>0</wp:posOffset>
+                    <wp:align>center</wp:align>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>0</wp:posOffset>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="76" name="Рисунок 76" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
+                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -5515,282 +5227,247 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="004E3EE4" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="004E3EE4" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           З</w:t>
-[...15 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">           НИНДЗЯ               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00674C8C" w:rsidRDefault="00B115F2" w:rsidP="008112C9">
+          <w:p w:rsidR="00EC3394" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Г</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="00674C8C" w:rsidRPr="004E3EE4">
+              <w:t>Средней высоты и рамера. Японский. Лепестки винно-красные с более яркими серединами, стаминодии крупные, «барашками», золотисто-желтые. Куст устойчивый. Поздний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00837BDD" w:rsidP="005304A8">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="00DB0DAE" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F37C51" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F37C51" w:rsidRPr="00DA6DA3" w:rsidRDefault="00780FC4" w:rsidP="005304A8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00780FC4">
+          <w:p w:rsidR="00A57446" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57446">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253513728" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253570048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="81" name="Рисунок 81" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (44) клубника со сливками\а. 2024 (44) 002.jpg"/>
+                  <wp:docPr id="1923" name="Рисунок 1923" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (44) клубника со сливками\а. 2024 (44) 002.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -5800,273 +5477,255 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F37C51" w:rsidRPr="004E3EE4" w:rsidRDefault="00F37C51" w:rsidP="005304A8">
+          <w:p w:rsidR="00A57446" w:rsidRPr="004E3EE4" w:rsidRDefault="00A57446" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           КЛУБНИКА СО СЛИВКАМИ</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">           ПЕРЕЛИВЧАТЫЙ               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F37C51" w:rsidRDefault="003B0B0A" w:rsidP="00780FC4">
+          <w:p w:rsidR="00A57446" w:rsidRDefault="00A57446" w:rsidP="00A57446">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид. </w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">Гибрид. Довольно крупный, высокий. Чашевидный, хорошо держит форму. Бледно-абрикосовый, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>в центре и на спинках лепестков зеленоватый. Стебли сильные. Куст мощный, вазообразный. Цветение обильное. Листва светлая, весной розовая.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F37C51" w:rsidRPr="00DB0DAE" w:rsidRDefault="003B0B0A" w:rsidP="005304A8">
+          <w:p w:rsidR="00A57446" w:rsidRPr="00DB0DAE" w:rsidRDefault="003C278E" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F37C51" w:rsidRPr="0003249F" w:rsidRDefault="00F37C51" w:rsidP="005304A8">
+          <w:p w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidRDefault="00A57446" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00546EEB" w:rsidRPr="0003249F" w:rsidTr="00533C63">
+      <w:tr w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00546EEB" w:rsidRPr="00DA6DA3" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00546EEB">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="00DA6DA3" w:rsidRDefault="007B5A31" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5A31">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253838336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253574144" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2792" name="Рисунок 2792" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2024 (28)\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1927" name="Рисунок 1927" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2024 (28)\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6076,551 +5735,600 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00546EEB" w:rsidRPr="004E3EE4" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="004E3EE4" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           КОЛОСС </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">                                </w:t>
+              <w:t xml:space="preserve">           ПЕРЛАМУТРОВЫЙ  ГИГАНТ    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00546EEB" w:rsidRDefault="004762BC" w:rsidP="00546EEB">
+          <w:p w:rsidR="00FA149A" w:rsidRDefault="00FA149A" w:rsidP="00FA149A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Ц</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>Гибрид. Цветок очень крупный. Сначала по форме напоминает тюльпан, в роспуске ч</w:t>
+            </w:r>
+            <w:r w:rsidR="003571B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ашевидный. Перламутрово-розовый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> переливчатый, внутри зеленоватый. Аромат пряный сильный. Стебли прямые, прочные. Куст исключительно мощный, красивый. Листва огромная.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00546EEB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00533C63">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00546EEB" w:rsidRPr="0003249F" w:rsidRDefault="00546EEB" w:rsidP="00533C63">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B950DB" w:rsidRPr="0003249F" w:rsidTr="00B950DB">
+      <w:tr w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidTr="00B914AC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B950DB" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00B950DB">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005A3B3C">
+          <w:p w:rsidR="00A222D4" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253658112" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253705216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="132DE681">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1926" name="Рисунок 1926" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (129) компактный розовый-1 продать\2400-1800.jpg"/>
+                  <wp:docPr id="118" name="Рисунок 118"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (129) компактный розовый-1 продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28" cstate="print">
+                          <a:blip r:embed="rId28">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B950DB" w:rsidRPr="004E3EE4" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
+          <w:p w:rsidR="00A222D4" w:rsidRPr="004E3EE4" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           КОМПАКТНЫЙ  РОЗОВЫЙ        </w:t>
+              <w:t xml:space="preserve">           РОЗОВЫЙ  РЕЗНОЙ         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Рохлины</w:t>
+              <w:t>Рохлины, 2017</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B950DB" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
+          <w:p w:rsidR="00A222D4" w:rsidRDefault="00A222D4" w:rsidP="00A222D4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:noProof/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> с чуть серебристыми кончиками</w:t>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>олумахровый чашевидный; лепестки сильно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">гофрированные до попугайных, с перистыми краями и глубокими вырезами. Размер цветка: 14см. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>озовый с более светлым обрамлением лепестков. Высота:</w:t>
+            </w:r>
+            <w:r w:rsidR="001C560F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 65см. Аромат приятный. Стебли прочные. Куст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>компактный, куполообразный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>. Срок цветения: ранний</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="005A3B3C">
-[...29 lines deleted...]
-              <w:t>. Средне-поздний.</w:t>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B950DB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00B950DB">
+          <w:p w:rsidR="00A222D4" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B914AC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B950DB" w:rsidRPr="0003249F" w:rsidRDefault="00B950DB" w:rsidP="00B950DB">
+          <w:p w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008215DB" w:rsidRPr="0003249F" w:rsidTr="00543F08">
+      <w:tr w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidTr="006566A5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="008215DB" w:rsidRPr="00DA6DA3" w:rsidRDefault="008215DB" w:rsidP="00543F08">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008215DB">
+          <w:p w:rsidR="00E57796" w:rsidRPr="00DA6DA3" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005304A8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253674496" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253600768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="32F88988" wp14:editId="03C0E606">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1931" name="Рисунок 1931" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\хороводы\2023 (60) кунак-2 продать\2400-1800 — копия.jpg"/>
+                  <wp:docPr id="1942" name="Рисунок 1942" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\хороводы\2023 (60) кунак-2 продать\2400-1800 — копия.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6630,229 +6338,247 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="008215DB" w:rsidRPr="004E3EE4" w:rsidRDefault="008215DB" w:rsidP="00543F08">
+          <w:p w:rsidR="00E57796" w:rsidRPr="004E3EE4" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           КУНАК                               </w:t>
+              <w:t xml:space="preserve">           РОЗОВЫЙ  ФОНТАН          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008215DB" w:rsidRDefault="008215DB" w:rsidP="008215DB">
+          <w:p w:rsidR="00E57796" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Среднего размера и высоты. Полумахровый, часто с хохолком в центре. Сиренево-розовый с более светлой серединой; на внешних лепестках красные ободки. Аромат приятный. Стебли тонкие, но прочные. Средне-ранний.</w:t>
+              <w:t xml:space="preserve">Махровый анемоновидный. Внешние лепестки крупные сиренево-розовые, в середине узкие серебристо-розовые петалодии и воронковидная коронка. Легкий аромат. Цветение растянуто, продолжительное. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008215DB" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00543F08">
+          <w:p w:rsidR="00E57796" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008215DB" w:rsidRPr="0003249F" w:rsidRDefault="008215DB" w:rsidP="00543F08">
+          <w:p w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD5645" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
+      <w:tr w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CD5645" w:rsidRPr="00DA6DA3" w:rsidRDefault="00CD5645" w:rsidP="00B03D0D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="004E2E95">
+          <w:p w:rsidR="00B93285" w:rsidRPr="00DA6DA3" w:rsidRDefault="00AD2CCE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253543424" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="66B85AAB" wp14:editId="497B3E3E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253582336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="68" name="Рисунок 68" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (9) лаура\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="64" name="Рисунок 64" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\2024 (9) лаура\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6862,255 +6588,263 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CD5645" w:rsidRPr="004E3EE4" w:rsidRDefault="00CD5645" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00B93285" w:rsidRPr="004E3EE4" w:rsidRDefault="00B93285" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ЛАУРА                </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+              <w:t xml:space="preserve">           РЯБЧИК                       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD5645" w:rsidRDefault="00AA369E" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00B93285" w:rsidRDefault="00B93285" w:rsidP="00AD2CCE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Крупный нарциссовидный- с высоким воронковидным хохолком. Фарфорово-розовый с ярко-розовым свечением в центре. Ароматный. Стебли сильные, куст вазообразный. Листва огромная. Ранни</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">Гибрид. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2CCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Среднего размера, с гофрированными краями лепестков. Окраска необычная, пестро-узорчатая, «рябая». Светло-винно-красный с малиновым насыщением внутри; снаружи контрастный светлый сетчатый узор. Стебли сильные. Куст устойчивый. Ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD5645" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00B93285" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD5645" w:rsidRPr="0003249F" w:rsidRDefault="00CD5645" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidRDefault="00B93285" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00B115F2" w:rsidP="005304A8">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00B115F2">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3B3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253545472" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253660160" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="70" name="Рисунок 70" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2024 (57) лимонный мед продать\2400-1800.jpg"/>
+                  <wp:docPr id="97" name="Рисунок 97" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2024 (57) лимонный мед продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -7120,326 +6854,246 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="004E3EE4" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="004E3EE4" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...21 lines deleted...]
-            <w:r w:rsidR="00CD5645">
+              <w:t xml:space="preserve">           СВЕТЛАНА          </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00674C8C" w:rsidRDefault="00CD5645" w:rsidP="00CD5645">
+          <w:p w:rsidR="005A3B3C" w:rsidRDefault="005A3B3C" w:rsidP="005A3B3C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Г</w:t>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">Высокий, крупный. Чашевидный полумахровый со свободными лепестками. </w:t>
+            </w:r>
+            <w:r w:rsidR="00661AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Светло-сиренево-розовый с кремовой серединой и светлыми краями лепестков. Куст устойчивый. Среднего срока цветения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="00DB0DAE" w:rsidRDefault="002C29A8" w:rsidP="005304A8">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...10 lines deleted...]
-              <w:t>000</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00674C8C" w:rsidRPr="0003249F" w:rsidRDefault="00674C8C" w:rsidP="005304A8">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidTr="003C278E">
+      <w:tr w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="00DA6DA3" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A67761">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835E7C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254006272" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="578AE316" wp14:editId="0636A7A0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253580288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1937" name="Рисунок 1937" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
+                  <wp:docPr id="1933" name="Рисунок 1933" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -7449,721 +7103,788 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="004E3EE4" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="004E3EE4" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           СВЕТЛЫЙ  УЗОР               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835E7C" w:rsidRDefault="00835E7C" w:rsidP="00835E7C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...57 lines deleted...]
-              <w:t>Высокий, среднего размера. Полумахровый с сильно-гофрированными лепестками. Насыщенно темно-красный с пурпуровым отливом снаружи. Аромат цветочный. Стебли сильные. Куст устойчивый. Поздний.</w:t>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гибрид. Среднего размера и высоты. Чашевидный. Розовый, снаружи с пурпуровым, внутри с красным оттенком; снаружи на лепестках узор- светлый с зеленым. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF5EAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Куст мощный. Листва крупная. Средне-ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="00DB0DAE" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidTr="00543F08">
+      <w:tr w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00543F08" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00543F08">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00915D86" w:rsidRPr="00DA6DA3" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236C02">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254032896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27F5CF65">
-[...250 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253568000" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253664256" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0B453E64" wp14:editId="7A774C21">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="94" name="Рисунок 94" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
+                  <wp:docPr id="110" name="Рисунок 110" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34" cstate="print">
+                          <a:blip r:embed="rId33" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00915D86" w:rsidRPr="004E3EE4" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           НЕЖНО-АБРИКОСОВЫЙ          </w:t>
+              <w:t xml:space="preserve">           СЕРЕБРИСТО-РОЗОВЫЙ          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
+          <w:p w:rsidR="00915D86" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Высокий. Простой чашевидный. Цветок некрупный. Нежно-абрикосовый с золотистыми тычинками и ярким пурпуровым пестиком. Ранний.</w:t>
+              <w:t xml:space="preserve">Высокий, среднего размера. Махровый корончатый с воронковидной короной. Бледно-серебристо-розовый. Куст устойчивый. Срок цветения средний.  </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
+          <w:p w:rsidR="00915D86" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidTr="0039690D">
+      <w:tr w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="00DA6DA3" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008D686B">
+          <w:p w:rsidR="00517F78" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254031872" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0DED28BE" wp14:editId="5E40BB51">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254033920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BE97398">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="26" name="Рисунок 26"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId34">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="004E3EE4" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           С</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5A31">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>МЕТАННИК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00517F78" w:rsidRDefault="00517F78" w:rsidP="007B5A31">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гибрид. </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5A31">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Полумахровый среднего размера. Насыщенно-желтовато-кремовый с лимонным оттенком. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A26CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253565952" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
+                  <wp:docPr id="87" name="Рисунок 87" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -8173,247 +7894,247 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="004E3EE4" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           СОЛНЕЧНЫЙ  ЗАЙЧИК </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...66 lines deleted...]
-              <w:t>Средней высоты и рамера. Японский. Лепестки винно-красные с более яркими серединами, стаминодии крупные, «барашками», золотисто-желтые. Куст устойчивый. Поздний.</w:t>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гибрид. Высокий, крупный. Простой с гофрированными лепестками. Светящийся сливочно-желтый. Листва крупная. Средне-ранний.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="00DB0DAE" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A57446" w:rsidP="00B93285">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A57446">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DA6DA3" w:rsidRDefault="009F1577" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1577">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253570048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253840384" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1923" name="Рисунок 1923" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="2793" name="Рисунок 2793" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -8423,255 +8144,334 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="004E3EE4" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="004E3EE4" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ПЕРЕЛИВЧАТЫЙ               </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">           УТРЕННИЙ  БРИЗ               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A57446" w:rsidRDefault="00A57446" w:rsidP="00A57446">
+          <w:p w:rsidR="00ED2E5D" w:rsidRDefault="00ED2E5D" w:rsidP="00D058E4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид. Довольно крупный, высокий. Чашевидный, хорошо держит форму. Бледно-абрикосовый, </w:t>
-[...7 lines deleted...]
-              <w:t>в центре и на спинках лепестков зеленоватый. Стебли сильные. Куст мощный, вазообразный. Цветение обильное. Листва светлая, весной розовая.</w:t>
+              <w:t xml:space="preserve">Гибрид. Довольно крупный. Чашевидный с красиво гофрированными краями. Листва также волнистая. Розовато-кремовый с зеленоватыми тенями. Стебли толстые, сильные. Куст исключительно мощный, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D058E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>стройный. Ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="00DB0DAE" w:rsidRDefault="003C278E" w:rsidP="00B93285">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00397E55" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="16"/>
+        <w:tblW w:w="11283" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="11283"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="11283" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="007B5A31">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="003C4ABC" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-31" w:hanging="31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>СОРТА  ДРУГИХ  СЕЛЕКЦИОНЕРОВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="13"/>
+        <w:tblW w:w="11283" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="6156"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="733"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidTr="00941EFD">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F95C2D">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253574144" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253864960" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0D3D3855" wp14:editId="00A6CA75">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1927" name="Рисунок 1927" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1866" name="Рисунок 1866" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -8681,850 +8481,927 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="004E3EE4" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
-[...23 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3681" w:hanging="3114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ВАНИЛ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЛА  ШНАПС             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vanilla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Schnapps</w:t>
+            </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...11 lines deleted...]
-              <w:t>Рохлины</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сэйдл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A6819">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2013,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A6819">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FA149A" w:rsidRDefault="00FA149A" w:rsidP="00FA149A">
-[...42 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид. Форма цветка: махровый; внешние лепестки крупные, широкие, внутренние уменьшаются к центру, жатые с разрезными краями. Размер цветка: 20см. Окраска: сливочно-желтый мягкого тона; внешние лепестки абрикосовые; тычинки ярко-желтые, пестик розовый. Высота: 80см. Боковых бутонов нет. Аромат: приятный легкий. Стебли: сильные. Куст: устойчивый. Развивается медленно. Срок цветения: очень ранний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="00941EFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidTr="00B914AC">
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A222D4" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253705216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="132DE681">
-[...336 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253600768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="32F88988" wp14:editId="03C0E606">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253950976" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="236F8A30" wp14:editId="09151C7F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1942" name="Рисунок 1942" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
+                  <wp:docPr id="153" name="Рисунок 153" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId39" cstate="print">
+                          <a:blip r:embed="rId38" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="004E3EE4" w:rsidRDefault="00E57796" w:rsidP="006566A5">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КЕЛЛИЗ  МЕМОРИ                CALLIE'S  MEMORY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...11 lines deleted...]
-              <w:t>Рохлины</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон,1990,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E57796" w:rsidRDefault="00E57796" w:rsidP="006566A5">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C6357" w:rsidRPr="00076428" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИТО-гибрид. Форма цветка: полумахровый-махровый. Размер цветка: 16см. Окраска: ярко-абрикосовый с краснеющими кончиками и тёмно-красными основаниями лепестков. Высота: 70см. Стебли: прямые, прочные. Куст: компактный, устойчивый. Срок цветения: средний. Листья: пиона древовидного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A4842">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="006566A5">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="00DA6DA3" w:rsidRDefault="00AD2CCE" w:rsidP="00B93285">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253582336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253953024" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3AC1836B" wp14:editId="2CDB7657">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2007" name="Рисунок 2007"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId39">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КЛАСС  АКТ                      Class  Act</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Клем,1991,США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый корончатый. Размер цветка: 16см. Окраска: белый с легкой желтоватой подцветкой в короне. Высота: 80см. Аромат: терпкий несильный. Стебли: прочные. Куст: устойчивый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00082F2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253955072" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7A57B29B" wp14:editId="116BDDB2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="64" name="Рисунок 64" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
+                  <wp:docPr id="144" name="Рисунок 144" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId40" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -9534,263 +9411,309 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="004E3EE4" w:rsidRDefault="00B93285" w:rsidP="00B93285">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046A97">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КОРА  ЛУИЗ                      Cora  Louise</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="005071D2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...1 lines deleted...]
-                <w:caps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005071D2">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
+              <w:t>,1986,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B93285" w:rsidRDefault="00B93285" w:rsidP="00AD2CCE">
-[...43 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00046A97">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИТО-гибрид. Форма цветка: махровый. Размер цветка: 16см. Окраска: белый с розовеющим центром и крупными пурпуровыми пятнами в основании (до 1/3  длины лепестка). Высота: 85 см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6357">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidRDefault="00B93285" w:rsidP="00B93285">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253660160" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253954048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7224B307" wp14:editId="04F50AAF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="97" name="Рисунок 97" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
+                  <wp:docPr id="2011" name="Рисунок 2011" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId41" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -9800,512 +9723,721 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="004E3EE4" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
-[...24 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОРАЛ  КУИН                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CORAL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>QUEEN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сасс,1937,США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...34 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый розовидный; внешние лепестки широкие, рассеченные, внутренние-более узкие, жатые, центр- закрытый, бутоном. Размер цветка: 16см, высота 13см. Окраска: розовеюще-кремовый со светло-алой подцветкой внутри; сиренево-розовой штриховкой на внешних лепестках и мазками в центре. Высота: 80см.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аромат: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>легкий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Стебли: изгибаются. Куст: раскидистый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00082F2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00A60113" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253580288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253961216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="4DC0A2C0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
+                  <wp:extent cx="2160000" cy="1623600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1933" name="Рисунок 1933" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
+                  <wp:docPr id="1739" name="Рисунок 1739"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42" cstate="print">
+                          <a:blip r:embed="rId42">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1623600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="004E3EE4" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3964" w:hanging="3964"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    КЭРОЛАЙН  КОНСТЭБЛ      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Caroline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Constabel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...1 lines deleted...]
-                <w:caps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...2 lines deleted...]
-              <w:t>Рохлины</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Rat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,Франция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00835E7C" w:rsidRDefault="00835E7C" w:rsidP="00835E7C">
-[...43 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00076428" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИТО-гибрид. Форма цветка: махровый; лепестки неоднородные по форме- удлиненные, гофрированные, жатые. Размер цветка: 16см. Окраска: абрикосово-кремовый с крупными пурпуровыми пятнами в основаниях лепестков. Боковой бутон 1.Высота: 70см. Аромат: . Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="009103F2" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="00DA6DA3" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253664256" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0B453E64" wp14:editId="7A774C21">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253891584" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0A13D72C" wp14:editId="36327AC4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="110" name="Рисунок 110" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
+                  <wp:docPr id="139" name="Рисунок 139" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId43" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -10315,247 +10447,383 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="004E3EE4" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
-[...47 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00156840" w:rsidRPr="009F55FF" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>МАЗЕРС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ЧОЙС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      MOTHER'S  CHOICE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ласкок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,1950,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...31 lines deleted...]
-            </w:r>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00165157" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма цветка: махровый розовидный, великолепной формы. Размер цветка: 18см. Окраска: белый с едва уловимым кремово-розовым оттенком. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006257AD" w:rsidRPr="0003249F" w:rsidTr="00BA41CB">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006257AD" w:rsidRPr="00DA6DA3" w:rsidRDefault="00EC787E" w:rsidP="00BA41CB">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253666304" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253964288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="679379AC" wp14:editId="1FAFA7AF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="margin">
+                  <wp:positionV relativeFrom="page">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="112" name="Рисунок 112" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые сиреневые\2024 (99) сиреневая дымка-1 продать\2400-1800.jpg"/>
+                  <wp:docPr id="135" name="Рисунок 135" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые сиреневые\2024 (99) сиреневая дымка-1 продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId44" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -10565,557 +10833,764 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006257AD" w:rsidRPr="004E3EE4" w:rsidRDefault="006257AD" w:rsidP="00BA41CB">
-[...44 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2547" w:hanging="1980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МАЙ  ЛАВ                              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LOVE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>( Х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>оллингсворт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1992,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003249F">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+            <w:r w:rsidRPr="00810C71">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006257AD" w:rsidRDefault="00915D86" w:rsidP="00BA41CB">
-[...42 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003571B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> . </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: махровый корончатый, вначале плоский, развивается в очень высокий. Размер цветка: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>см. Окраска: розово-кремовый, потом практически белый; в основании короны воротник сливочного цвета; корона розовеющая. Высота: 80см. Стебли: сильные. Куст: устойчивый. Срок цветения: поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006257AD" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006257AD" w:rsidRPr="0003249F" w:rsidRDefault="006257AD" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517F78" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00B03D0D">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C53B7">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254033920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BE97398">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253967360" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="39E5F011" wp14:editId="45377C77">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="26" name="Рисунок 26"/>
+                  <wp:docPr id="2821" name="Рисунок 2821" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId45">
+                          <a:blip r:embed="rId45" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1623600"/>
+                            <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517F78" w:rsidRPr="004E3EE4" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
-[...47 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00716766" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">АККИНАК  ГРАНД               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mac</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>inac  Grand</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1992,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...39 lines deleted...]
-            </w:r>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00165157" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид. Форма цветка: полумахровый- махровый розовидный; в центре шар тычинок. Размер цветка: 16см. Лепестки гофрированные, крупные, «лодочкой». Окраска: очень красивая густо-рубиново-красная без оттенков. Высота: 70см. Аромат: очень слабый. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517F78" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253565952" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253970432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="52F754A9" wp14:editId="7577C024">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="87" name="Рисунок 87" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
+                  <wp:docPr id="13" name="Рисунок 13" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId46" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -11125,1363 +11600,1791 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
-[...45 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+          <w:p w:rsidR="00A60113" w:rsidRPr="004F603D" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3114" w:hanging="2547"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИСТЕР  ЭД                         MR. ED </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К.Клем,1980,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A60113" w:rsidRPr="008045F7" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма цветка:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> махровый корончатый, с высоким центром- до бомбовидного. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Размер цветка: 16см. Окраска:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> внешние лепестки и корона светло-розовые, воротник кремовый, в роспуске кремовый с легкой розовинкой на внешних лепестках. Иногда на одном кусте расцветают и почти белые, и розовые цветки. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высота: 70см.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Аромат: приятный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="004D627F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B93285">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A2093" w:rsidRPr="0003249F" w:rsidTr="00BA41CB">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="004A2093" w:rsidRPr="00DA6DA3" w:rsidRDefault="004A2093" w:rsidP="00BA41CB">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253623296" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253902848" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="22AB5A33" wp14:editId="22B00F40">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="page">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="142" name="Рисунок 142" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId47" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2547" w:hanging="2268"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>МЭНИ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ХЭППИ  РЕТЁРНС    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MANY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HAPPY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>RETURNS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Холлингсворт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1986,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид. Форма цветка: от анемоновидной до корончатой. Размер цветка: 18см. Окраска: ярко-красный; в полном роспуске карминно-красный. Практически не выгорает на солнце. Долго сохраняет декоративность. Высота: 80см. Аромат: нет. Листва волнистая, крупная. Срок цветения: средне-ранний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253973504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23E618ED" wp14:editId="4D56FB90">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1950" name="Рисунок 1950" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (201) таманго продать\2400-1800.jpg"/>
+                  <wp:docPr id="157" name="Рисунок 157" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (201) таманго продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47" cstate="print">
+                          <a:blip r:embed="rId48" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="004A2093" w:rsidRPr="004E3EE4" w:rsidRDefault="004A2093" w:rsidP="00BA41CB">
-[...45 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3114" w:hanging="2547"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЭРИ  ДЖО  ЛЕГАР              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Jo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Legare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Персон,1978,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004A2093" w:rsidRDefault="004A2093" w:rsidP="00BA41CB">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сложный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lactiflora x officinalis x lobata. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма цветка: махровый полушаровидный- до шаровидного. Размер цветка: 17см. Окраска: сочно-розовый тёплого тона с алой подцветкой; к концу цветения выгорает почти до белого, но подцветка сохраняется. Долго сохраняет декоративнос</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ть. Высота: 80см.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стебли: мощные, прямые. Куст: устойчивый, компактный. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="008045F7" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок цветения: средний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004D627F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A2093" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A2093" w:rsidRPr="0003249F" w:rsidRDefault="004A2093" w:rsidP="00BA41CB">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF544B" w:rsidRPr="0003249F" w:rsidTr="005304A8">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CF544B" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="005304A8">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254034944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AFBB816">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253974528" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="1CFD9762" wp14:editId="47A55CCC">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="158" name="Рисунок 158"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 18"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId49">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC7376" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2689" w:hanging="2122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОЛД  ФЕЙФУЛ                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>OLD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>FAIFUL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гласкок-Фолк,1964,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="008045F7" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид 4 генерации. Форма цветка: махровый розовидный со свободными крупными лепестками. Размер цветка: 18см. Окраска: гранатово-красный с каштановым оттенком; в конце цветения кончики лепестков светлеют, проявляется насыщенно-красная подцветка; центр остается ярким. Долго сохраняет декоративность. Высота: 100см. Стебли: прямые, прочные. Куст: мощный, уст</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ойчивый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004D627F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="005A67EF" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254035968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F7CB1F5">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1623600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="27" name="Рисунок 27"/>
+                  <wp:docPr id="2786" name="Рисунок 2786"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPr id="0" name="Picture 7"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48">
+                          <a:blip r:embed="rId50">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1623600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CF544B" w:rsidRPr="004E3EE4" w:rsidRDefault="00CF544B" w:rsidP="00E675C9">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00810C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ОРИГИНАЛ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...2 lines deleted...]
-              <w:t>Рохлины</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>какодуб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,2002,К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>азахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...1 lines deleted...]
-                <w:smallCaps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CF544B" w:rsidRDefault="00CF544B" w:rsidP="00E675C9">
-[...91 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый корончатый; внешние лепестки широкие, корона высокая, в ее основании- воротник из узких лепестков. Размер цветка: 11 см. Окраска: внешние лепестки светло-сиренево-розовые; в короне более яркие, густо-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>розовые с ярко-розовым насыщением к центру; воротник кремовый. Высота: 90 см. Аромат: приятный. Стебли: сильные. Куст: устойчивый. Срок цветения: средний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00725D7A" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF544B" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="005304A8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF544B" w:rsidRPr="0003249F" w:rsidRDefault="00CF544B" w:rsidP="005304A8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA6C71" w:rsidRPr="0003249F" w:rsidTr="006566A5">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA6C71" w:rsidRPr="00DA6DA3" w:rsidRDefault="009460D7" w:rsidP="006566A5">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253598720" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253976576" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="356B547D" wp14:editId="71950FCE">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1941" name="Рисунок 1941" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые красные\2024 (153) томирис продать\2400-1800.jpg"/>
+                  <wp:docPr id="39" name="Рисунок 39" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые красные\2024 (153) томирис продать\2400-1800.jpg"/>
-[...563 lines deleted...]
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId51" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -12491,334 +13394,370 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="004E3EE4" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="000673B6" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПАМЯТИ  ГАГАРИНА     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...8 lines deleted...]
-                <w:smallCaps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>раснова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1957,СССР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED2E5D" w:rsidRDefault="00ED2E5D" w:rsidP="00D058E4">
-[...43 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">махровый розовидный, плотный, густонабивной. Размер цветка: 20см. Окраска: варьирует по годам, от кремового с розовым напылением до белого с розоватым центром; красные отметки в центре. Бутоны и стебли очень темные. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: мощные, прямые, прочные. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок цветения: средний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00725D7A" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00397E55" w:rsidP="00B93285">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...71 lines deleted...]
-      <w:tr w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidTr="00941EFD">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738FF">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253864960" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0D3D3855" wp14:editId="00A6CA75">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253977600" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E8C4E37" wp14:editId="67A181E6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1866" name="Рисунок 1866" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
+                  <wp:docPr id="1711" name="Рисунок 1711" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
+                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId52" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -12828,927 +13767,1239 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
-[...5 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПАСТЕЛЕГАНС                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PASTELEGANCE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E082C">
-[...60 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...15 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>,</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>эйдл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1989,сша</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2013,</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: махровый; внешние лепестки крупные, широкие, внутренние уменьшаются к центру, жатые с разрезными краями. Размер цветка: 20см. Окраска: сливочно-желтый мягкого тона; внешние лепестки абрикосовые; тычинки ярко-желтые, пестик розовый. Высота: 80см. Боковых бутонов нет. Аромат: приятный легкий. Стебли: сильные. Куст: устойчивый. Развивается медленно. Срок цветения: очень ранний.</w:t>
-            </w:r>
+              <w:t>Гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма цветка: махровый до корончатого; внешние лепестки широкие, расположены чашевидно; корона из более узких сильногофрированных, с разрезными краями. Размер цветка: 15см. Окраска: светящийся насыщенно-розовато-кремовый с более светлой короной; в центре проглядывают темно-желтые тычинки. Высота: 95см. Аромат: пряный слабый с оттенком розы. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="00941EFD">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00851EE7" w:rsidRDefault="00E57C71" w:rsidP="00802772">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>7000</w:t>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00851EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00802772">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DC3BED">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253950976" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="236F8A30" wp14:editId="09151C7F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253917184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56883033" wp14:editId="41AE01A0">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="column">
+                  <wp:positionH relativeFrom="page">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="153" name="Рисунок 153" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
-[...2 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                  <wp:docPr id="152" name="Рисунок 152" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
-[...2 lines deleted...]
-                          </pic:cNvPicPr>
+                          <pic:cNvPr id="2790" name="Рисунок 2790" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                          <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId53" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2160000" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="page">
+                  <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
-                  <wp14:sizeRelV relativeFrom="page">
+                  <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>РАПСОДИЯ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(АНАСТАСИЯ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003249F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сосновец-Фомичева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-                <w:b/>
+              <w:t>,1960,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="00076428" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00631CAC" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3BED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ИТО-гибрид. Форма цветка: полумахровый-махровый. Размер цветка: 16см. Окраска: ярко-абрикосовый с краснеющими кончиками и тёмно-красными основаниями лепестков. Высота: 70см. Стебли: прямые, прочные. Куст: компактный, устойчивый. Срок цветения: средний. Листья: пиона древовидного</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t>Форма цветка: махровый корончатый. Размер цветка: 15см. Окраска: трёхцветный: внешние лепестки сиренево</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t xml:space="preserve">-розовые, корона светло-жёлтая, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>центр розово-сиреневый с малиновой каймой. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний. Устойчив к непогоде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253953024" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3AC1836B" wp14:editId="2CDB7657">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253984768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E2F3FA8" wp14:editId="75AA133A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1623600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2007" name="Рисунок 2007"/>
+                  <wp:docPr id="159" name="Рисунок 159"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPr id="0" name="Picture 19"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId54">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1623600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>роуз  нобль                      Rose  Noble</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4DB7">
+              <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>андерс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-            </w:pPr>
+              <w:t>,1950,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...28 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t xml:space="preserve">Сложный гибрид: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Quadruple</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>махровый корончатый. Размер цветка: 16см. Окраска: белый с легкой желтоватой подцветкой в короне. Высота: 80см. Аромат: терпкий несильный. Стебли: прочные. Куст: устойчивый. Срок цветения: поздний</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hybrids</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>albiflora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Officinalis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>macrophylla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mlokosewitschi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.Форма цветка: простой. Размер цветка: 15см. Окраска: кремовый с розовой окантовкой лепестков, розовыми жилками и малиновым пятном в центре. Тычинки светло-желтые с малиновыми тычиночными нитями; пестик светлый с красными рыльцами. Высота: 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">см. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стебли: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сильные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Куст:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> устойчивый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Срок цветения: очень ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="001563CB" w:rsidRDefault="0024588C" w:rsidP="001563CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>1500</w:t>
+            <w:r w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001563CB" w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A23B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253955072" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7A57B29B" wp14:editId="116BDDB2">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254002176" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="172A0F2A" wp14:editId="4394854A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="144" name="Рисунок 144" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
+                  <wp:docPr id="181" name="Рисунок 181" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId55" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -13758,1419 +15009,1238 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="005071D2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СИРИН  ПАСТЕЛЬ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC074A" w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      Serene Pastel</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC074A" w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>лем,2000,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...51 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="003A0F49" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046A97">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ИТО-гибрид. Форма цветка: махровый. Размер цветка: 16см. Окраска: белый с розовеющим центром и крупными пурпуровыми пятнами в основании (до 1/3  длины лепестка). Высота: 85 см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>Форма цветка: махровый корончатый- до розовидного. Размер цветка: 18см. Окраска: кремово-белый с розовеющим центром, в роспуске белый с лососевой подцветкой внутри и проглядывающими золотистыми тычинками. Высота: 80см. Аромат: сильный, очень приятный. Срок цветения: средне-ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="001C6357">
+            <w:r w:rsidR="00CC074A">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253954048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7224B307" wp14:editId="04F50AAF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253988864" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3562CC08" wp14:editId="2A3A17AA">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2152800" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId56" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2152800" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СКРАМДИДЛЕМПТИУС</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71" w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Scrumdidleumptious</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71" w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Смит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,2002,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="003A0F49" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ито-гибрид. Форма цветка: махровый розовидный. Размер цветка: 16см. Окраска: абрикосово-кремовый с розовеющими кончиками; в центре темно-малиновое пятно. Высота: 80см. Аромат: сильный пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00546969">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253926400" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="36D893B4" wp14:editId="2DA71EE2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2011" name="Рисунок 2011" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
+                  <wp:docPr id="1698" name="Рисунок 1698" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56" cstate="print">
+                          <a:blip r:embed="rId57" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...30 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СЭМЕН  БЬЮТИ                      Salmon  Beauty</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD094E">
-[...11 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гласкок-Отен,1939,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...45 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003249F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма цветка: </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Гибрид </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>lacti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...72 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>iflora x officinalis. Форма цветка: махровый корончатый; внешние лепестки широкие, красиво обрамляющие корону из узких гофрированных. Размер цветка: 14см. Окраска: пастельно-розовый с более яркими малиново-розовыми краями и продольной штриховкой; в короне лососевая подцветка. Высота: 80см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...333 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00156840" w:rsidRPr="005B5A91" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253891584" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0A13D72C" wp14:editId="36327AC4">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253928448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="2F1FCA59" wp14:editId="71A28834">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="column">
+                  <wp:positionH relativeFrom="page">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1620000"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="2152800" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="139" name="Рисунок 139" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
-[...2 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                  <wp:docPr id="1699" name="Рисунок 1699" descr="C:\Users\123\Pictures\фото\Пионы\Ursa  Major\Ursa  Major 0.jpg"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
-[...2 lines deleted...]
-                          </pic:cNvPicPr>
+                          <pic:cNvPr id="42" name="Рисунок 42" descr="C:\Users\123\Pictures\фото\Пионы\Ursa  Major\Ursa  Major 0.jpg"/>
+                          <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId58" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1620000"/>
+                            <a:ext cx="2152800" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="page">
+                  <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
-                  <wp14:sizeRelV relativeFrom="page">
+                  <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="009F55FF" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...65 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3397" w:hanging="2830"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31529">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>УРСА  МЭЙДЖОР                      Ursa  Major</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Клем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
-                <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-              <w:ind w:left="113"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="008471D5" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31529">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009F55FF">
+              <w:t xml:space="preserve">Форма цветка: японский. Размер цветка: 14см. Окраска: сиренево-красный, стаминодии розовые со сливочно-желтыми краями, рыльца пестика красные. Высота: 70см. Аромат: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка: махровый розовидный, великолепной формы. Размер цветка: 18см. Окраска: белый с едва уловимым кремово-розовым оттенком. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t>сильный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31529">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t>. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="0024588C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...14 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077761F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253964288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="679379AC" wp14:editId="1FAFA7AF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253934592" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7000E32B" wp14:editId="6D17E47A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="page">
+                  <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="135" name="Рисунок 135" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
+                  <wp:docPr id="1700" name="Рисунок 1700" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId59" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -15180,386 +16250,311 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...100 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ХОХЛОМА                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00F91E71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00810C71">
-[...9 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-                <w:sz w:val="10"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F91E71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Горобец-Тыран,1986,СССР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00810C71">
+            <w:r w:rsidRPr="000521C0">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t>Гибрид. Форма цветка: простой чашевидный. Размер цветка: 18см. Окраска: бордовый, затем насыщенно-малиновый; тычинки желтые, тычиночные нити и рыльца пестиков малиновые. Высота: 85см. Аромат: слабый пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...9 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1501">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253967360" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="39E5F011" wp14:editId="45377C77">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253936640" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="57377A74" wp14:editId="06619434">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2821" name="Рисунок 2821" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
+                  <wp:docPr id="1674" name="Рисунок 1674" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId60" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -15569,375 +16564,315 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00716766" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...40 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD53BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ХЭРИТЕЙДЖ                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD53BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>K</w:t>
-[...9 lines deleted...]
-              <w:t>inac  Grand</w:t>
+              <w:t>HERITAGE</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...2 lines deleted...]
-                <w:caps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...34 lines deleted...]
-              <w:t>,1992,США</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="005A67EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A67EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1999,США)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00165157" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="008471D5" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00165157">
+            <w:r w:rsidRPr="002A76DA">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: полумахровый- махровый розовидный; в центре шар тычинок. Размер цветка: 16см. Лепестки гофрированные, крупные, «лодочкой». Окраска: очень красивая густо-рубиново-красная без оттенков. Высота: 70см. Аромат: очень слабый. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
-[...11 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Гибрид </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>lactiflora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t xml:space="preserve"> x lobata. Форма цветка: махровый розовидный. Размер цветка: 18см. Окраска: ярко-красный. Высота: 80см. Аромат: терпкий слабый. Стебли: толстые, прочные. Листья очень крупные, волнистые. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...14 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253970432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="52F754A9" wp14:editId="7577C024">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253940736" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="454F00CF" wp14:editId="02DEEC28">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="13" name="Рисунок 13" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
+                  <wp:docPr id="2161" name="Рисунок 2161" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId61" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -15947,620 +16882,857 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="004F603D" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...42 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЭТЧЕД  САЛМОН                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Etched</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Salmon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B2FD8">
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="008045F7" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07962">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>азенс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1981,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004E7C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>Гибрид. Форма цветка: розовидный, компактн</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> махровый корончатый, с высоким центром- до бомбовидного. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ый; плоский; внешние широкие ле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Размер цветка: 16см. Окраска:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>пестки образуют нераскрывающуюся чашу; внутренние бол</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> внешние лепестки и корона светло-розовые, воротник кремовый, в роспуске кремовый с легкой розовинкой на внешних лепестках. Иногда на одном кусте расцветают и почти белые, и розовые цветки. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>ее узкие, с разрезны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Высота: 70см.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>ми краями, сборчатые. Размер цветка: 16см. Ок</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Аромат: приятный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="004D627F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t>раска: пастельно-розовый с лосо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сево-красным насыщением в центре; затем поч</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ти белый, но свечение сохраняет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ся. Долго сохраняет декоративность. Высота: 80см. Аромат: лимона. Стебли: пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ямые прочные. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок цветения: средне-ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:noProof/>
+                <w:caps/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...5 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00176A46" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253902848" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="22AB5A33" wp14:editId="22B00F40">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253998080" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="19568BA2" wp14:editId="28377668">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="page">
+                  <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1616400"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:extent cx="2163600" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="142" name="Рисунок 142" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
-                  <wp:cNvGraphicFramePr/>
+                  <wp:docPr id="150" name="Рисунок 150"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 12"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62" cstate="print">
+                          <a:blip r:embed="rId62">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1616400"/>
+                            <a:ext cx="2163600" cy="1623600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
-                  <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00176A46" w:rsidRPr="00CD4DB7" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ЮБИЛЕЙНЫЙ   ГБС</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00176A46" w:rsidRPr="004F603D" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1388">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...84 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...18 lines deleted...]
-                <w:smallCaps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>раснова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1959,СССР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+          <w:p w:rsidR="00176A46" w:rsidRPr="00CD4DB7" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: от анемоновидной до корончатой. Размер цветка: 18см. Окраска: ярко-красный; в полном роспуске карминно-красный. Практически не выгорает на солнце. Долго сохраняет декоративность. Высота: 80см. Аромат: нет. Листва волнистая, крупная. Срок цветения: средне-ранний.</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">махровый корончатый. Корона воронковидная. Размер цветка: 17 см. Окраска: сначала розовато-кремовый, затем практически белый. Высота: 60 см. Аромат: сильный. Стебли: изгибаются. Куст: устойчивый. Срок цветения: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>средне-поздний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00176A46" w:rsidRPr="00725D7A" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="003745A8" w:rsidRPr="0003249F" w:rsidTr="00775C83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11283" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003745A8" w:rsidRPr="0003249F" w:rsidRDefault="003745A8" w:rsidP="003745A8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ДРЕВОВИДНЫЕ  ПИОНЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidTr="002B3C35">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...14 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="00253D0A" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405916">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253973504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23E618ED" wp14:editId="4D56FB90">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254010368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34376128" wp14:editId="4B9700C4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="157" name="Рисунок 157" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
+                  <wp:docPr id="105" name="Рисунок 105" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId63" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -16570,1170 +17742,626 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...291 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3256" w:hanging="2689"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC2E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ОЧИ  ЧЕРНЫЕ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="002B3C35">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidTr="00925756">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...14 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="00253D0A" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253974528" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="1CFD9762" wp14:editId="47A55CCC">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254020608" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="73D20C03" wp14:editId="5C23C7A6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1616400"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="158" name="Рисунок 158"/>
+                  <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 18"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId64">
+                          <a:blip r:embed="rId64" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1616400"/>
+                            <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC7376" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...152 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3256" w:hanging="2689"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ПУРПУРОВО-РОЗОВЫЙ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>2000</w:t>
+            <w:r w:rsidRPr="00565BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidTr="00925756">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRDefault="005A67EF" w:rsidP="008D09D8">
-[...8 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="00253D0A" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B3C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254035968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F7CB1F5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254018560" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="6638E475" wp14:editId="2FA15A29">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2786" name="Рисунок 2786"/>
+                  <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\Рассветные Тени 01-14\Рассветные Тени 0.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\Рассветные Тени 01-14\Рассветные Тени 0.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65">
+                          <a:blip r:embed="rId65" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1623600"/>
+                            <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00810C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3256" w:hanging="2689"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00810C71">
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>СВЕТЛО-РОЗОВЫЙ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000673B6">
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...213 lines deleted...]
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>5000</w:t>
+            <w:r w:rsidRPr="00565BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidTr="00925756">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...10 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="00972D66" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005315AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253976576" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="356B547D" wp14:editId="71950FCE">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254016512" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="14893593" wp14:editId="6ED8F941">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="39" name="Рисунок 39" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
+                  <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\пурпуровая звезда.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\пурпуровая звезда.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId66" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -17743,370 +18371,183 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="000673B6" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...1 lines deleted...]
-              <w:spacing w:before="120"/>
+          <w:p w:rsidR="00533DA8" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3256" w:hanging="2689"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000673B6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...198 lines deleted...]
-            </w:pPr>
+              <w:t>ПУРПУРОВАЯ  ЗВЕЗДА</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRDefault="00565BF8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidTr="00CB22AA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...8 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="00972D66" w:rsidRDefault="005315AB" w:rsidP="00CB22AA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005315AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253977600" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E8C4E37" wp14:editId="67A181E6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254014464" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1711" name="Рисунок 1711" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
+                  <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId67" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -18116,4840 +18557,50 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...4788 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="002B3C35" w:rsidRDefault="005315AB" w:rsidP="00CB22AA">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="3256" w:hanging="2689"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>СИРЕНЕВО-РОЗОВЫЙ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -23044,51 +18695,51 @@
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254026752" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="16" name="Рисунок 16" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83" cstate="print">
+                          <a:blip r:embed="rId68" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -23878,50 +19529,51 @@
     <w:rsid w:val="004E51DD"/>
     <w:rsid w:val="004E7C3C"/>
     <w:rsid w:val="004F1EDF"/>
     <w:rsid w:val="004F603D"/>
     <w:rsid w:val="004F796C"/>
     <w:rsid w:val="005050D3"/>
     <w:rsid w:val="005071D2"/>
     <w:rsid w:val="005111C1"/>
     <w:rsid w:val="00511363"/>
     <w:rsid w:val="00511C73"/>
     <w:rsid w:val="005138B2"/>
     <w:rsid w:val="005143F8"/>
     <w:rsid w:val="00516D65"/>
     <w:rsid w:val="00517F78"/>
     <w:rsid w:val="00521095"/>
     <w:rsid w:val="005238F6"/>
     <w:rsid w:val="0052488E"/>
     <w:rsid w:val="00525960"/>
     <w:rsid w:val="00526932"/>
     <w:rsid w:val="005304A8"/>
     <w:rsid w:val="00530D94"/>
     <w:rsid w:val="005315AB"/>
     <w:rsid w:val="005317F6"/>
     <w:rsid w:val="00531B1C"/>
     <w:rsid w:val="00532D4D"/>
+    <w:rsid w:val="00533779"/>
     <w:rsid w:val="00533C63"/>
     <w:rsid w:val="00533DA8"/>
     <w:rsid w:val="0053534D"/>
     <w:rsid w:val="005370AD"/>
     <w:rsid w:val="00541012"/>
     <w:rsid w:val="005429AB"/>
     <w:rsid w:val="00543F08"/>
     <w:rsid w:val="00544C22"/>
     <w:rsid w:val="00545FBC"/>
     <w:rsid w:val="0054624F"/>
     <w:rsid w:val="00546969"/>
     <w:rsid w:val="00546EEB"/>
     <w:rsid w:val="00547B83"/>
     <w:rsid w:val="00547F5B"/>
     <w:rsid w:val="00552212"/>
     <w:rsid w:val="00562271"/>
     <w:rsid w:val="00562FAF"/>
     <w:rsid w:val="005641B7"/>
     <w:rsid w:val="0056435D"/>
     <w:rsid w:val="00564513"/>
     <w:rsid w:val="0056579E"/>
     <w:rsid w:val="00565BF8"/>
     <w:rsid w:val="005662A8"/>
     <w:rsid w:val="005720C2"/>
     <w:rsid w:val="00573BD5"/>
@@ -24001,50 +19653,51 @@
     <w:rsid w:val="0068254B"/>
     <w:rsid w:val="0068671F"/>
     <w:rsid w:val="006871D8"/>
     <w:rsid w:val="006919E2"/>
     <w:rsid w:val="0069614B"/>
     <w:rsid w:val="00697925"/>
     <w:rsid w:val="006A01FD"/>
     <w:rsid w:val="006A0651"/>
     <w:rsid w:val="006B48F5"/>
     <w:rsid w:val="006B4CD1"/>
     <w:rsid w:val="006B5E67"/>
     <w:rsid w:val="006B5FF0"/>
     <w:rsid w:val="006B6861"/>
     <w:rsid w:val="006C5F94"/>
     <w:rsid w:val="006C64D3"/>
     <w:rsid w:val="006C6DBE"/>
     <w:rsid w:val="006C7992"/>
     <w:rsid w:val="006D4BBA"/>
     <w:rsid w:val="006E096C"/>
     <w:rsid w:val="006E29EF"/>
     <w:rsid w:val="006E31AB"/>
     <w:rsid w:val="006E5CE5"/>
     <w:rsid w:val="006E61F7"/>
     <w:rsid w:val="006E7C48"/>
     <w:rsid w:val="0070136F"/>
+    <w:rsid w:val="0070253A"/>
     <w:rsid w:val="007057C6"/>
     <w:rsid w:val="00705E27"/>
     <w:rsid w:val="0071148E"/>
     <w:rsid w:val="00713420"/>
     <w:rsid w:val="0071474E"/>
     <w:rsid w:val="00715F31"/>
     <w:rsid w:val="00716766"/>
     <w:rsid w:val="00716A78"/>
     <w:rsid w:val="00717339"/>
     <w:rsid w:val="00717C13"/>
     <w:rsid w:val="00723778"/>
     <w:rsid w:val="00725D7A"/>
     <w:rsid w:val="00727337"/>
     <w:rsid w:val="00731A30"/>
     <w:rsid w:val="00733D08"/>
     <w:rsid w:val="00734FBA"/>
     <w:rsid w:val="00735292"/>
     <w:rsid w:val="007365DA"/>
     <w:rsid w:val="00741B25"/>
     <w:rsid w:val="00742471"/>
     <w:rsid w:val="0074743D"/>
     <w:rsid w:val="00747FDC"/>
     <w:rsid w:val="0075255F"/>
     <w:rsid w:val="007547AF"/>
     <w:rsid w:val="0075516D"/>
@@ -24094,50 +19747,51 @@
     <w:rsid w:val="008071D6"/>
     <w:rsid w:val="00810C71"/>
     <w:rsid w:val="008112C9"/>
     <w:rsid w:val="00811D23"/>
     <w:rsid w:val="00813133"/>
     <w:rsid w:val="00813EC5"/>
     <w:rsid w:val="008142FD"/>
     <w:rsid w:val="00817230"/>
     <w:rsid w:val="008215DB"/>
     <w:rsid w:val="0082269C"/>
     <w:rsid w:val="00834204"/>
     <w:rsid w:val="00835E7C"/>
     <w:rsid w:val="00837281"/>
     <w:rsid w:val="00837BDD"/>
     <w:rsid w:val="00840389"/>
     <w:rsid w:val="0084281C"/>
     <w:rsid w:val="008429BA"/>
     <w:rsid w:val="00844C50"/>
     <w:rsid w:val="00845D5D"/>
     <w:rsid w:val="00846337"/>
     <w:rsid w:val="008464A3"/>
     <w:rsid w:val="00847002"/>
     <w:rsid w:val="008471D5"/>
     <w:rsid w:val="00851EE7"/>
     <w:rsid w:val="00852037"/>
+    <w:rsid w:val="00855543"/>
     <w:rsid w:val="0085602B"/>
     <w:rsid w:val="00857F5A"/>
     <w:rsid w:val="00865060"/>
     <w:rsid w:val="00865197"/>
     <w:rsid w:val="00866218"/>
     <w:rsid w:val="0086742D"/>
     <w:rsid w:val="00867DAC"/>
     <w:rsid w:val="0087643E"/>
     <w:rsid w:val="00876A07"/>
     <w:rsid w:val="008770E0"/>
     <w:rsid w:val="00883A24"/>
     <w:rsid w:val="008857C6"/>
     <w:rsid w:val="00886063"/>
     <w:rsid w:val="00886688"/>
     <w:rsid w:val="008866A9"/>
     <w:rsid w:val="00893898"/>
     <w:rsid w:val="008954AB"/>
     <w:rsid w:val="00896F73"/>
     <w:rsid w:val="008A2617"/>
     <w:rsid w:val="008A5F89"/>
     <w:rsid w:val="008A6CB8"/>
     <w:rsid w:val="008C29CC"/>
     <w:rsid w:val="008C68D5"/>
     <w:rsid w:val="008C744F"/>
     <w:rsid w:val="008C750C"/>
@@ -24262,50 +19916,51 @@
     <w:rsid w:val="00A97CEB"/>
     <w:rsid w:val="00AA14E8"/>
     <w:rsid w:val="00AA369E"/>
     <w:rsid w:val="00AA3DB8"/>
     <w:rsid w:val="00AA4285"/>
     <w:rsid w:val="00AA548F"/>
     <w:rsid w:val="00AA5664"/>
     <w:rsid w:val="00AB34EB"/>
     <w:rsid w:val="00AB62DA"/>
     <w:rsid w:val="00AC2E35"/>
     <w:rsid w:val="00AC555B"/>
     <w:rsid w:val="00AC759D"/>
     <w:rsid w:val="00AD2A09"/>
     <w:rsid w:val="00AD2CCE"/>
     <w:rsid w:val="00AD6D97"/>
     <w:rsid w:val="00AE1126"/>
     <w:rsid w:val="00AE4AD3"/>
     <w:rsid w:val="00AE5077"/>
     <w:rsid w:val="00AE6CD7"/>
     <w:rsid w:val="00AF6A17"/>
     <w:rsid w:val="00B02971"/>
     <w:rsid w:val="00B0343B"/>
     <w:rsid w:val="00B03D0D"/>
     <w:rsid w:val="00B1082F"/>
     <w:rsid w:val="00B115F2"/>
+    <w:rsid w:val="00B134DA"/>
     <w:rsid w:val="00B13861"/>
     <w:rsid w:val="00B1673B"/>
     <w:rsid w:val="00B202F8"/>
     <w:rsid w:val="00B2142D"/>
     <w:rsid w:val="00B260F7"/>
     <w:rsid w:val="00B2649C"/>
     <w:rsid w:val="00B26C40"/>
     <w:rsid w:val="00B337F8"/>
     <w:rsid w:val="00B37196"/>
     <w:rsid w:val="00B42084"/>
     <w:rsid w:val="00B458AE"/>
     <w:rsid w:val="00B46AA2"/>
     <w:rsid w:val="00B5067D"/>
     <w:rsid w:val="00B51246"/>
     <w:rsid w:val="00B526E6"/>
     <w:rsid w:val="00B53D6B"/>
     <w:rsid w:val="00B5613E"/>
     <w:rsid w:val="00B60402"/>
     <w:rsid w:val="00B66AB0"/>
     <w:rsid w:val="00B74B6D"/>
     <w:rsid w:val="00B75763"/>
     <w:rsid w:val="00B80AEC"/>
     <w:rsid w:val="00B811D2"/>
     <w:rsid w:val="00B842ED"/>
     <w:rsid w:val="00B87E74"/>
@@ -24452,50 +20107,51 @@
     <w:rsid w:val="00DA3059"/>
     <w:rsid w:val="00DA387C"/>
     <w:rsid w:val="00DA3C9C"/>
     <w:rsid w:val="00DA6627"/>
     <w:rsid w:val="00DA6DA3"/>
     <w:rsid w:val="00DB0DAE"/>
     <w:rsid w:val="00DB21DE"/>
     <w:rsid w:val="00DB26CB"/>
     <w:rsid w:val="00DB3DE3"/>
     <w:rsid w:val="00DB4E5C"/>
     <w:rsid w:val="00DC0977"/>
     <w:rsid w:val="00DC3BED"/>
     <w:rsid w:val="00DC3C53"/>
     <w:rsid w:val="00DC40E1"/>
     <w:rsid w:val="00DC50B2"/>
     <w:rsid w:val="00DC6D3B"/>
     <w:rsid w:val="00DC7376"/>
     <w:rsid w:val="00DD094E"/>
     <w:rsid w:val="00DD38F5"/>
     <w:rsid w:val="00DD4B79"/>
     <w:rsid w:val="00DD53BA"/>
     <w:rsid w:val="00DD60EE"/>
     <w:rsid w:val="00DD7219"/>
     <w:rsid w:val="00DD7969"/>
     <w:rsid w:val="00DE0F09"/>
+    <w:rsid w:val="00DE144C"/>
     <w:rsid w:val="00DE196A"/>
     <w:rsid w:val="00DE7268"/>
     <w:rsid w:val="00DE76A3"/>
     <w:rsid w:val="00DF3477"/>
     <w:rsid w:val="00DF5198"/>
     <w:rsid w:val="00DF7D5E"/>
     <w:rsid w:val="00E018DE"/>
     <w:rsid w:val="00E019AA"/>
     <w:rsid w:val="00E01B24"/>
     <w:rsid w:val="00E02709"/>
     <w:rsid w:val="00E10EF2"/>
     <w:rsid w:val="00E1198E"/>
     <w:rsid w:val="00E13A90"/>
     <w:rsid w:val="00E143AA"/>
     <w:rsid w:val="00E20055"/>
     <w:rsid w:val="00E22EFB"/>
     <w:rsid w:val="00E27D52"/>
     <w:rsid w:val="00E37EEC"/>
     <w:rsid w:val="00E420CB"/>
     <w:rsid w:val="00E550D5"/>
     <w:rsid w:val="00E5566A"/>
     <w:rsid w:val="00E567B8"/>
     <w:rsid w:val="00E57796"/>
     <w:rsid w:val="00E57940"/>
     <w:rsid w:val="00E57C64"/>
@@ -24531,53 +20187,55 @@
     <w:rsid w:val="00EC1ED7"/>
     <w:rsid w:val="00EC3394"/>
     <w:rsid w:val="00EC5267"/>
     <w:rsid w:val="00EC63B7"/>
     <w:rsid w:val="00EC6934"/>
     <w:rsid w:val="00EC7166"/>
     <w:rsid w:val="00EC787E"/>
     <w:rsid w:val="00ED097A"/>
     <w:rsid w:val="00ED10CD"/>
     <w:rsid w:val="00ED2E5D"/>
     <w:rsid w:val="00ED7A91"/>
     <w:rsid w:val="00EE1310"/>
     <w:rsid w:val="00EE43D3"/>
     <w:rsid w:val="00EE7BD9"/>
     <w:rsid w:val="00EF0D9F"/>
     <w:rsid w:val="00EF262D"/>
     <w:rsid w:val="00EF2CEB"/>
     <w:rsid w:val="00EF327E"/>
     <w:rsid w:val="00EF3C3D"/>
     <w:rsid w:val="00EF4982"/>
     <w:rsid w:val="00EF4993"/>
     <w:rsid w:val="00EF65EF"/>
     <w:rsid w:val="00EF6C81"/>
     <w:rsid w:val="00EF77BE"/>
     <w:rsid w:val="00F1433D"/>
+    <w:rsid w:val="00F14640"/>
     <w:rsid w:val="00F15DB6"/>
     <w:rsid w:val="00F26C9D"/>
     <w:rsid w:val="00F27572"/>
+    <w:rsid w:val="00F27B1B"/>
     <w:rsid w:val="00F34C8C"/>
     <w:rsid w:val="00F3795F"/>
     <w:rsid w:val="00F37C51"/>
     <w:rsid w:val="00F41A57"/>
     <w:rsid w:val="00F440DC"/>
     <w:rsid w:val="00F459B7"/>
     <w:rsid w:val="00F459C3"/>
     <w:rsid w:val="00F5401B"/>
     <w:rsid w:val="00F54BCC"/>
     <w:rsid w:val="00F55366"/>
     <w:rsid w:val="00F57B1C"/>
     <w:rsid w:val="00F61A53"/>
     <w:rsid w:val="00F6208B"/>
     <w:rsid w:val="00F6332D"/>
     <w:rsid w:val="00F67BB6"/>
     <w:rsid w:val="00F75778"/>
     <w:rsid w:val="00F75ECA"/>
     <w:rsid w:val="00F7625F"/>
     <w:rsid w:val="00F76ECD"/>
     <w:rsid w:val="00F83F07"/>
     <w:rsid w:val="00F90806"/>
     <w:rsid w:val="00F91E71"/>
     <w:rsid w:val="00F9216D"/>
     <w:rsid w:val="00F92E42"/>
     <w:rsid w:val="00F96C74"/>
@@ -24600,51 +20258,51 @@
     <w:rsid w:val="00FD3507"/>
     <w:rsid w:val="00FE5F3C"/>
     <w:rsid w:val="00FE6627"/>
     <w:rsid w:val="00FE7FAD"/>
     <w:rsid w:val="00FF4BB9"/>
     <w:rsid w:val="00FF54E7"/>
     <w:rsid w:val="00FF69CD"/>
     <w:rsid w:val="00FF72D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1032"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:discardImageEditingData/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{34233E40-E655-4C58-9074-D5BBA0902E25}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -25869,51 +21527,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1977951362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rohlin@list.ru" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\123\AppData\Roaming\Microsoft\Word\&#1072;&#1076;&#1088;&#1077;&#1089;,&#1090;&#1077;&#1083;&#1077;&#1092;&#1086;&#1085;.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rohlin@list.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\123\AppData\Roaming\Microsoft\Word\&#1072;&#1076;&#1088;&#1077;&#1089;,&#1090;&#1077;&#1083;&#1077;&#1092;&#1086;&#1085;.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -26142,81 +21800,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76761DF1-A4CA-49AA-9929-67D6C972280B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B38EDAE-A718-4B45-8837-C9E503732E4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>20019</Characters>
+  <Pages>11</Pages>
+  <Words>2903</Words>
+  <Characters>16551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23485</CharactersWithSpaces>
+  <CharactersWithSpaces>19416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>123</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>