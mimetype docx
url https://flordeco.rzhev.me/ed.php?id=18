--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -1453,52 +1453,50 @@
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00652479" w:rsidRPr="00DA6DA3" w:rsidRDefault="00ED10CD" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00ED10CD">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253687808" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="125" name="Рисунок 125" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2025 (113) будь здоров продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
@@ -1746,50 +1744,51 @@
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A36A7D" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A36A7D" w:rsidP="00EC1ED7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253475840" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0FB49A93">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1616400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
                   <wp:docPr id="2785" name="Рисунок 2785"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 9"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -3105,51 +3104,50 @@
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="008E07A9" w:rsidRPr="00DA6DA3" w:rsidRDefault="0011398A" w:rsidP="00BA41CB">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011398A">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253672448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="115" name="Рисунок 115" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские белые\2025 (147) златовласка продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -3358,50 +3356,51 @@
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00674C8C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00B115F2" w:rsidP="005304A8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B115F2">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253549568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="76" name="Рисунок 76" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. бордюрные желтые\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -4392,591 +4391,602 @@
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="008215DB" w:rsidRPr="0003249F" w:rsidRDefault="008215DB" w:rsidP="00543F08">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidTr="003C278E">
+      <w:tr w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidTr="00543F08">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="00DA6DA3" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A67761">
+          <w:p w:rsidR="00543F08" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254006272" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="578AE316" wp14:editId="0636A7A0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254032896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27F5CF65">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="3" name="Рисунок 3"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId22">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00543F08" w:rsidRPr="004E3EE4" w:rsidRDefault="00543F08" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           МАЛИНОВЫЙ                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00543F08" w:rsidRDefault="00543F08" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Крупный, средней высоты. Полумахровый с хохолками. Розовый с малиновой продольной штриховкой, в целом малиново-розовый. Срок цветения средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00543F08" w:rsidRPr="00DB0DAE" w:rsidRDefault="00AA369E" w:rsidP="00355D6D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00355D6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidRDefault="00543F08" w:rsidP="00543F08">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A26CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253568000" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1937" name="Рисунок 1937" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
+                  <wp:docPr id="94" name="Рисунок 94" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\полумахровые красные\2025 (136) мавр продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22" cstate="print">
+                          <a:blip r:embed="rId23" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="004E3EE4" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           МАВР                </w:t>
+              <w:t xml:space="preserve">           НЕЖНО-АБРИКОСОВЫЙ          </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C29A8" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Высокий, среднего размера. Полумахровый с сильно-гофрированными лепестками. Насыщенно темно-красный с пурпуровым отливом снаружи. Аромат цветочный. Стебли сильные. Куст устойчивый. Поздний.</w:t>
+              <w:t>Гибрид. Высокий. Простой чашевидный. Цветок некрупный. Нежно-абрикосовый с золотистыми тычинками и ярким пурпуровым пестиком. Ранний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="00DB0DAE" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002C29A8" w:rsidRPr="0003249F" w:rsidRDefault="002C29A8" w:rsidP="003C278E">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00543F08" w:rsidRPr="0003249F" w:rsidTr="00543F08">
+      <w:tr w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidTr="0039690D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00543F08" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00543F08">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00EC3394" w:rsidRPr="00DA6DA3" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D686B">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254032896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27F5CF65">
-[...250 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253568000" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254031872" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0DED28BE" wp14:editId="5E40BB51">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="94" name="Рисунок 94" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
+                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (16) нежно-абикосовый гибр. св-желтый продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -4986,238 +4996,247 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="004E3EE4" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           НЕЖНО-АБРИКОСОВЫЙ          </w:t>
+              <w:t xml:space="preserve">           НИНДЗЯ               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
+          <w:p w:rsidR="00EC3394" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Высокий. Простой чашевидный. Цветок некрупный. Нежно-абрикосовый с золотистыми тычинками и ярким пурпуровым пестиком. Ранний.</w:t>
+              <w:t>Средней высоты и рамера. Японский. Лепестки винно-красные с более яркими серединами, стаминодии крупные, «барашками», золотисто-желтые. Куст устойчивый. Поздний.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="00DB0DAE" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidTr="0039690D">
+      <w:tr w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="00DA6DA3" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="008D686B">
+          <w:p w:rsidR="00A57446" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57446">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254031872" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0DED28BE" wp14:editId="5E40BB51">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253570048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="24" name="Рисунок 24" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
+                  <wp:docPr id="1923" name="Рисунок 1923" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\японские розовые\2024 (204) ниндзя продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -5227,247 +5246,255 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="004E3EE4" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A57446" w:rsidRPr="004E3EE4" w:rsidRDefault="00A57446" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           НИНДЗЯ               </w:t>
+              <w:t xml:space="preserve">           ПЕРЕЛИВЧАТЫЙ               </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC3394" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A57446" w:rsidRDefault="00A57446" w:rsidP="00A57446">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Средней высоты и рамера. Японский. Лепестки винно-красные с более яркими серединами, стаминодии крупные, «барашками», золотисто-желтые. Куст устойчивый. Поздний.</w:t>
+              <w:t xml:space="preserve">Гибрид. Довольно крупный, высокий. Чашевидный, хорошо держит форму. Бледно-абрикосовый, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED2E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>в центре и на спинках лепестков зеленоватый. Стебли сильные. Куст мощный, вазообразный. Цветение обильное. Листва светлая, весной розовая.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="00DB0DAE" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A57446" w:rsidRPr="00DB0DAE" w:rsidRDefault="003C278E" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC3394" w:rsidRPr="0003249F" w:rsidRDefault="00EC3394" w:rsidP="0039690D">
+          <w:p w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidRDefault="00A57446" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A57446" w:rsidP="00B93285">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A57446">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="00DA6DA3" w:rsidRDefault="007B5A31" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5A31">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253570048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253574144" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1923" name="Рисунок 1923" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1927" name="Рисунок 1927" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые аборикосовые\2023 (41) переливчатый гибр. абрикосовый скорее Ганч\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -5477,858 +5504,850 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="004E3EE4" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="004E3EE4" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ПЕРЕЛИВЧАТЫЙ               </w:t>
+              <w:t xml:space="preserve">           ПЕРЛАМУТРОВЫЙ  ГИГАНТ    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A57446" w:rsidRDefault="00A57446" w:rsidP="00A57446">
+          <w:p w:rsidR="00FA149A" w:rsidRDefault="00FA149A" w:rsidP="00FA149A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид. Довольно крупный, высокий. Чашевидный, хорошо держит форму. Бледно-абрикосовый, </w:t>
-[...7 lines deleted...]
-              <w:t>в центре и на спинках лепестков зеленоватый. Стебли сильные. Куст мощный, вазообразный. Цветение обильное. Листва светлая, весной розовая.</w:t>
+              <w:t>Гибрид. Цветок очень крупный. Сначала по форме напоминает тюльпан, в роспуске ч</w:t>
+            </w:r>
+            <w:r w:rsidR="003571B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ашевидный. Перламутрово-розовый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> переливчатый, внутри зеленоватый. Аромат пряный сильный. Стебли прямые, прочные. Куст исключительно мощный, красивый. Листва огромная.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="00DB0DAE" w:rsidRDefault="003C278E" w:rsidP="00B93285">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A57446" w:rsidRPr="0003249F" w:rsidRDefault="00A57446" w:rsidP="00B93285">
+          <w:p w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidTr="00B914AC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="00DA6DA3" w:rsidRDefault="007B5A31" w:rsidP="00B93285">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="007B5A31">
+          <w:p w:rsidR="00A222D4" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253574144" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253705216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="132DE681">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="118" name="Рисунок 118"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId27">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A222D4" w:rsidRPr="004E3EE4" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           РОЗОВЫЙ  РЕЗНОЙ         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины, 2017</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A222D4" w:rsidRDefault="00A222D4" w:rsidP="00A222D4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>олумахровый чашевидный; лепестки сильно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">гофрированные до попугайных, с перистыми краями и глубокими вырезами. Размер цветка: 14см. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>озовый с более светлым обрамлением лепестков. Высота:</w:t>
+            </w:r>
+            <w:r w:rsidR="001C560F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 65см. Аромат приятный. Стебли прочные. Куст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>компактный, куполообразный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A222D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>. Срок цветения: ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A222D4" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B914AC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidTr="006566A5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57796" w:rsidRPr="00DA6DA3" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005304A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253600768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="32F88988" wp14:editId="03C0E606">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1927" name="Рисунок 1927" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
+                  <wp:docPr id="1942" name="Рисунок 1942" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2021 (4) перламутровый гигант\Новая папка\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId27" cstate="print">
+                          <a:blip r:embed="rId28" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="004E3EE4" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
+          <w:p w:rsidR="00E57796" w:rsidRPr="004E3EE4" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           ПЕРЛАМУТРОВЫЙ  ГИГАНТ    </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">           РОЗОВЫЙ  ФОНТАН          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FA149A" w:rsidRDefault="00FA149A" w:rsidP="00FA149A">
+          <w:p w:rsidR="00E57796" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Цветок очень крупный. Сначала по форме напоминает тюльпан, в роспуске ч</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> переливчатый, внутри зеленоватый. Аромат пряный сильный. Стебли прямые, прочные. Куст исключительно мощный, красивый. Листва огромная.</w:t>
+              <w:t xml:space="preserve">Махровый анемоновидный. Внешние лепестки крупные сиренево-розовые, в середине узкие серебристо-розовые петалодии и воронковидная коронка. Легкий аромат. Цветение растянуто, продолжительное. </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="00DB0DAE" w:rsidRDefault="002F18DA" w:rsidP="00B93285">
+          <w:p w:rsidR="00E57796" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA149A" w:rsidRPr="0003249F" w:rsidRDefault="00FA149A" w:rsidP="00B93285">
+          <w:p w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidRDefault="00E57796" w:rsidP="006566A5">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A222D4" w:rsidRPr="0003249F" w:rsidTr="00B914AC">
+      <w:tr w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A222D4" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A222D4" w:rsidP="00B914AC">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00B93285" w:rsidRPr="00DA6DA3" w:rsidRDefault="00AD2CCE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD2CCE">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253705216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="132DE681">
-[...336 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253600768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="32F88988" wp14:editId="03C0E606">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253582336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1942" name="Рисунок 1942" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
+                  <wp:docPr id="64" name="Рисунок 64" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\анемоны розовые\2025 (100) розовый фонтан продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6338,247 +6357,263 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="004E3EE4" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+          <w:p w:rsidR="00B93285" w:rsidRPr="004E3EE4" w:rsidRDefault="00B93285" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           РОЗОВЫЙ  ФОНТАН          </w:t>
+              <w:t xml:space="preserve">           РЯБЧИК                       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E57796" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+          <w:p w:rsidR="00B93285" w:rsidRDefault="00B93285" w:rsidP="00AD2CCE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Махровый анемоновидный. Внешние лепестки крупные сиренево-розовые, в середине узкие серебристо-розовые петалодии и воронковидная коронка. Легкий аромат. Цветение растянуто, продолжительное. </w:t>
+              <w:t xml:space="preserve">Гибрид. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD2CCE">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Среднего размера, с гофрированными краями лепестков. Окраска необычная, пестро-узорчатая, «рябая». Светло-винно-красный с малиновым насыщением внутри; снаружи контрастный светлый сетчатый узор. Стебли сильные. Куст устойчивый. Ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="006566A5">
+          <w:p w:rsidR="00B93285" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57796" w:rsidRPr="0003249F" w:rsidRDefault="00E57796" w:rsidP="006566A5">
+          <w:p w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidRDefault="00B93285" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="00DA6DA3" w:rsidRDefault="00AD2CCE" w:rsidP="00B93285">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00AD2CCE">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3B3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253582336" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253660160" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="64" name="Рисунок 64" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
+                  <wp:docPr id="97" name="Рисунок 97" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2025 (5) рябчик-2\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6588,263 +6623,246 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="004E3EE4" w:rsidRDefault="00B93285" w:rsidP="00B93285">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="004E3EE4" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">           РЯБЧИК                       </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+              <w:t xml:space="preserve">           СВЕТЛАНА          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B93285" w:rsidRDefault="00B93285" w:rsidP="00AD2CCE">
+          <w:p w:rsidR="005A3B3C" w:rsidRDefault="005A3B3C" w:rsidP="005A3B3C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид. </w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve">Высокий, крупный. Чашевидный полумахровый со свободными лепестками. </w:t>
+            </w:r>
+            <w:r w:rsidR="00661AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Светло-сиренево-розовый с кремовой серединой и светлыми краями лепестков. Куст устойчивый. Среднего срока цветения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B93285" w:rsidRPr="0003249F" w:rsidRDefault="00B93285" w:rsidP="00B93285">
+          <w:p w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
+      <w:tr w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DA6DA3" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005A3B3C">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835E7C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253660160" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253580288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="97" name="Рисунок 97" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
+                  <wp:docPr id="1933" name="Рисунок 1933" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\простые розовые\2024 (170) светлана продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -6854,246 +6872,263 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="004E3EE4" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="004E3EE4" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           СВЕТЛЫЙ  УЗОР               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835E7C" w:rsidRDefault="00835E7C" w:rsidP="00835E7C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...74 lines deleted...]
-              <w:t>Светло-сиренево-розовый с кремовой серединой и светлыми краями лепестков. Куст устойчивый. Среднего срока цветения.</w:t>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гибрид. Среднего размера и высоты. Чашевидный. Розовый, снаружи с пурпуровым, внутри с красным оттенком; снаружи на лепестках узор- светлый с зеленым. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF5EAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Куст мощный. Листва крупная. Средне-ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005A3B3C" w:rsidRPr="0003249F" w:rsidRDefault="005A3B3C" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+      <w:tr w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="00DA6DA3" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00835E7C">
+          <w:p w:rsidR="00915D86" w:rsidRPr="00DA6DA3" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00236C02">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253580288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253664256" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0B453E64" wp14:editId="7A774C21">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1933" name="Рисунок 1933" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
+                  <wp:docPr id="110" name="Рисунок 110" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые розовые\2022 (38) гибр. светлый узор\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -7103,788 +7138,772 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="004E3EE4" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+          <w:p w:rsidR="00915D86" w:rsidRPr="004E3EE4" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           СЕРЕБРИСТО-РОЗОВЫЙ          </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00835E7C" w:rsidRDefault="00835E7C" w:rsidP="00835E7C">
+          <w:p w:rsidR="00915D86" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид. Среднего размера и высоты. Чашевидный. Розовый, снаружи с пурпуровым, внутри с красным оттенком; снаружи на лепестках узор- светлый с зеленым. </w:t>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">Высокий, среднего размера. Махровый корончатый с воронковидной короной. Бледно-серебристо-розовый. Куст устойчивый. Срок цветения средний.  </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00B93285">
+          <w:p w:rsidR="00915D86" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00835E7C" w:rsidRPr="0003249F" w:rsidRDefault="00835E7C" w:rsidP="00B93285">
+          <w:p w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidTr="00BD25FF">
+      <w:tr w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="00DA6DA3" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00236C02">
+          <w:p w:rsidR="00517F78" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253664256" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0B453E64" wp14:editId="7A774C21">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254033920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BE97398">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="26" name="Рисунок 26"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId33">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="004E3EE4" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           С</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5A31">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>МЕТАННИК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00517F78" w:rsidRDefault="00517F78" w:rsidP="007B5A31">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гибрид. </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5A31">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Полумахровый среднего размера. Насыщенно-желтовато-кремовый с лимонным оттенком. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E3EE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidRDefault="00517F78" w:rsidP="00B03D0D">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DA6DA3" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A26CEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253565952" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="110" name="Рисунок 110" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
+                  <wp:docPr id="87" name="Рисунок 87" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\махровые розовые\2024 (168) серебристо-розовый-1 продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId33" cstate="print">
+                          <a:blip r:embed="rId34" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="004E3EE4" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="4248" w:hanging="3969"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           СОЛНЕЧНЫЙ  ЗАЙЧИК </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рохлины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">Высокий, среднего размера. Махровый корончатый с воронковидной короной. Бледно-серебристо-розовый. Куст устойчивый. Срок цветения средний.  </w:t>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гибрид. Высокий, крупный. Простой с гофрированными лепестками. Светящийся сливочно-желтый. Листва крупная. Средне-ранний.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="00DB0DAE" w:rsidRDefault="00026CE5" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00915D86" w:rsidRPr="0003249F" w:rsidRDefault="00915D86" w:rsidP="00BD25FF">
+          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517F78" w:rsidRPr="0003249F" w:rsidTr="00B03D0D">
+      <w:tr w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidTr="00B93285">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00517F78" w:rsidRPr="00DA6DA3" w:rsidRDefault="00917E1B" w:rsidP="00B03D0D">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DA6DA3" w:rsidRDefault="009F1577" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F1577">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254033920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BE97398">
-[...274 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253565952" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253840384" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="87" name="Рисунок 87" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
+                  <wp:docPr id="2793" name="Рисунок 2793" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простой светло-желтый\2025 (18) солнечный зайчик гибр. лимонный или св-желтый продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -7894,247 +7913,334 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="004E3EE4" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">            </w:t>
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="004E3EE4" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           УТРЕННИЙ  БРИЗ               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
               </w:rPr>
               <w:t>Рохлины</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A26CEE" w:rsidRDefault="00A26CEE" w:rsidP="00A26CEE">
+          <w:p w:rsidR="00ED2E5D" w:rsidRDefault="00ED2E5D" w:rsidP="00D058E4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="279"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Гибрид. Высокий, крупный. Простой с гофрированными лепестками. Светящийся сливочно-желтый. Листва крупная. Средне-ранний.</w:t>
+              <w:t xml:space="preserve">Гибрид. Довольно крупный. Чашевидный с красиво гофрированными краями. Листва также волнистая. Розовато-кремовый с зеленоватыми тенями. Стебли толстые, сильные. Куст исключительно мощный, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D058E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>стройный. Ранний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="004E3EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="00DB0DAE" w:rsidRDefault="006919E2" w:rsidP="00B93285">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00397E55" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A26CEE" w:rsidRPr="0003249F" w:rsidRDefault="00A26CEE" w:rsidP="00B93285">
+          <w:p w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidTr="00B93285">
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="16"/>
+        <w:tblW w:w="11283" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="11283"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="11283" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="009F1577">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="003C4ABC" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-31" w:hanging="31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>СОРТА  ДРУГИХ  СЕЛЕКЦИОНЕРОВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="13"/>
+        <w:tblW w:w="11283" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="6156"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="733"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidTr="00941EFD">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F95C2D">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253840384" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253864960" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0D3D3855" wp14:editId="00A6CA75">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2793" name="Рисунок 2793" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
+                  <wp:docPr id="1866" name="Рисунок 1866" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы наша селекция\яя. продать\1. на 2026\гибр. простые кремовые\2025 (3) гибр. бежевый ганч продать\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -8144,334 +8250,301 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="004E3EE4" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">    </w:t>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3681" w:hanging="3114"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ВАНИЛ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЛА  ШНАПС             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vanilla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Schnapps</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...11 lines deleted...]
-              <w:t>Рохлины</w:t>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сэйдл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A6819">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2013,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A6819">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED2E5D" w:rsidRDefault="00ED2E5D" w:rsidP="00D058E4">
-[...42 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E082C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид. Форма цветка: махровый; внешние лепестки крупные, широкие, внутренние уменьшаются к центру, жатые с разрезными краями. Размер цветка: 20см. Окраска: сливочно-желтый мягкого тона; внешние лепестки абрикосовые; тычинки ярко-желтые, пестик розовый. Высота: 80см. Боковых бутонов нет. Аромат: приятный легкий. Стебли: сильные. Куст: устойчивый. Развивается медленно. Срок цветения: очень ранний.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="00DB0DAE" w:rsidRDefault="00397E55" w:rsidP="00B93285">
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="00941EFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>7000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED2E5D" w:rsidRPr="0003249F" w:rsidRDefault="00ED2E5D" w:rsidP="00B93285">
+          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...10 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11283" w:type="dxa"/>
-[...58 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
-[...18 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253864960" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0D3D3855" wp14:editId="00A6CA75">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253950976" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="236F8A30" wp14:editId="09151C7F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1866" name="Рисунок 1866" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
+                  <wp:docPr id="153" name="Рисунок 153" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 18" descr="C:\Users\123\Pictures\фото\Пионы\Vanilla Schnapps\Vanilla Schnapps 000 (5).jpg"/>
+                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -8481,307 +8554,629 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
-[...2 lines deleted...]
-              <w:ind w:left="3681" w:hanging="3114"/>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КЕЛЛИЗ  МЕМОРИ                CALLIE'S  MEMORY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E082C">
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>ВАНИЛ</w:t>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007E082C">
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон,1990,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
-[...58 lines deleted...]
-                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>,</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="007E082C">
+          <w:p w:rsidR="001C6357" w:rsidRPr="00076428" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: махровый; внешние лепестки крупные, широкие, внутренние уменьшаются к центру, жатые с разрезными краями. Размер цветка: 20см. Окраска: сливочно-желтый мягкого тона; внешние лепестки абрикосовые; тычинки ярко-желтые, пестик розовый. Высота: 80см. Боковых бутонов нет. Аромат: приятный легкий. Стебли: сильные. Куст: устойчивый. Развивается медленно. Срок цветения: очень ранний.</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИТО-гибрид. Форма цветка: полумахровый-махровый. Размер цветка: 16см. Окраска: ярко-абрикосовый с краснеющими кончиками и тёмно-красными основаниями лепестков. Высота: 70см. Стебли: прямые, прочные. Куст: компактный, устойчивый. Срок цветения: средний. Листья: пиона древовидного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A4842">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="00941EFD">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>7000</w:t>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941EFD" w:rsidRPr="0003249F" w:rsidRDefault="00941EFD" w:rsidP="00941EFD">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3BED">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253950976" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="236F8A30" wp14:editId="09151C7F">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253953024" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3AC1836B" wp14:editId="2CDB7657">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2007" name="Рисунок 2007"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 8"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId38">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>КЛАСС  АКТ                      Class  Act</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Клем,1991,США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый корончатый. Размер цветка: 16см. Окраска: белый с легкой желтоватой подцветкой в короне. Высота: 80см. Аромат: терпкий несильный. Стебли: прочные. Куст: устойчивый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00082F2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253955072" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7A57B29B" wp14:editId="116BDDB2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="153" name="Рисунок 153" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
+                  <wp:docPr id="144" name="Рисунок 144" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Callie's Memory\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38" cstate="print">
+                          <a:blip r:embed="rId39" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -8796,612 +9191,298 @@
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3BED">
+            <w:r w:rsidRPr="00046A97">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>КЕЛЛИЗ  МЕМОРИ                CALLIE'S  MEMORY</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>КОРА  ЛУИЗ                      Cora  Louise</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="005071D2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1986,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DC3BED">
-[...21 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="005071D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>США</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+            <w:r w:rsidRPr="005071D2">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C6357" w:rsidRPr="00076428" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC3BED">
+            <w:r w:rsidRPr="00046A97">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ИТО-гибрид. Форма цветка: полумахровый-махровый. Размер цветка: 16см. Окраска: ярко-абрикосовый с краснеющими кончиками и тёмно-красными основаниями лепестков. Высота: 70см. Стебли: прямые, прочные. Куст: компактный, устойчивый. Срок цветения: средний. Листья: пиона древовидного</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>ИТО-гибрид. Форма цветка: махровый. Размер цветка: 16см. Окраска: белый с розовеющим центром и крупными пурпуровыми пятнами в основании (до 1/3  длины лепестка). Высота: 85 см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1000</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6357">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00DD094E">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253953024" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3AC1836B" wp14:editId="2CDB7657">
-[...318 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253955072" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7A57B29B" wp14:editId="116BDDB2">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253954048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7224B307" wp14:editId="04F50AAF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="144" name="Рисунок 144" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
+                  <wp:docPr id="2011" name="Рисунок 2011" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\123\Pictures\фото\Пионы\Cora Louise\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId40" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -9422,1022 +9503,1096 @@
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046A97">
+            <w:r w:rsidRPr="00DD094E">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>КОРА  ЛУИЗ                      Cora  Louise</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="005071D2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t xml:space="preserve">КОРАЛ  КУИН                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CORAL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>QUEEN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сасс,1937,США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>(</w:t>
-[...42 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...13 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046A97">
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ИТО-гибрид. Форма цветка: махровый. Размер цветка: 16см. Окраска: белый с розовеющим центром и крупными пурпуровыми пятнами в основании (до 1/3  длины лепестка). Высота: 85 см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый розовидный; внешние лепестки широкие, рассеченные, внутренние-более узкие, жатые, центр- закрытый, бутоном. Размер цветка: 16см, высота 13см. Окраска: розовеюще-кремовый со светло-алой подцветкой внутри; сиренево-розовой штриховкой на внешних лепестках и мазками в центре. Высота: 80см.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аромат: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>легкий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD094E">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Стебли: изгибаются. Куст: раскидистый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00082F2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00193629" w:rsidP="008D09D8">
+          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...10 lines deleted...]
-              <w:t>00</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+          <w:p w:rsidR="00A60113" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253954048" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7224B307" wp14:editId="04F50AAF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253961216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="4DC0A2C0">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="1739" name="Рисунок 1739"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId41">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3964" w:hanging="3964"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    КЭРОЛАЙН  КОНСТЭБЛ      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Caroline</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Constabel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Rat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,Франция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00076428" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC3BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИТО-гибрид. Форма цветка: махровый; лепестки неоднородные по форме- удлиненные, гофрированные, жатые. Размер цветка: 16см. Окраска: абрикосово-кремовый с крупными пурпуровыми пятнами в основаниях лепестков. Боковой бутон 1.Высота: 70см. Аромат: . Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="009103F2" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253891584" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="0A13D72C" wp14:editId="36327AC4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2011" name="Рисунок 2011" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
+                  <wp:docPr id="139" name="Рисунок 139" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Coral Queen\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId41" cstate="print">
+                          <a:blip r:embed="rId42" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="009F55FF" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F55FF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">КОРАЛ  КУИН                      </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+              <w:t>МАЗЕРС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CORAL</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD094E">
+              <w:t>ЧОЙС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>QUEEN</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t xml:space="preserve">                      MOTHER'S  CHOICE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ласкок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,1950,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00575F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...45 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="00082F2F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00165157" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003249F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+            <w:r w:rsidRPr="009F55FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма цветка: </w:t>
-[...56 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+              <w:t>Форма цветка: махровый розовидный, великолепной формы. Размер цветка: 18см. Окраска: белый с едва уловимым кремово-розовым оттенком. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001C6357" w:rsidRPr="009103F2" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001C6357" w:rsidRPr="0003249F" w:rsidRDefault="001C6357" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253961216" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="4DC0A2C0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253964288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="679379AC" wp14:editId="1FAFA7AF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="margin">
+                  <wp:positionV relativeFrom="page">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1739" name="Рисунок 1739"/>
+                  <wp:docPr id="135" name="Рисунок 135" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3"/>
-[...335 lines deleted...]
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Mother's Choice\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId43" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -10447,383 +10602,386 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="009F55FF" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2547" w:hanging="1980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МАЙ  ЛАВ                              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+              <w:t>MY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>LOVE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="009F55FF">
-[...31 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="00575F90" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>( Х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>оллингсворт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1992,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="00165157" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009F55FF">
+            <w:r w:rsidRPr="00810C71">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка: махровый розовидный, великолепной формы. Размер цветка: 18см. Окраска: белый с едва уловимым кремово-розовым оттенком. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              <w:t>Гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003571B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> . </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: махровый корончатый, вначале плоский, развивается в очень высокий. Размер цветка: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>см. Окраска: розово-кремовый, потом практически белый; в основании короны воротник сливочного цвета; корона розовеющая. Высота: 80см. Стебли: сильные. Куст: устойчивый. Срок цветения: поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...13 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C53B7">
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253964288" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="679379AC" wp14:editId="1FAFA7AF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253967360" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="39E5F011" wp14:editId="45377C77">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
-                  <wp:positionV relativeFrom="page">
+                  <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="135" name="Рисунок 135" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
+                  <wp:docPr id="2821" name="Рисунок 2821" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 14" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\My Love\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId44" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -10833,386 +10991,375 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00716766" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">АККИНАК  ГРАНД               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mac</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MY</w:t>
-[...85 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>inac  Grand</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00165157">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1992,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="00165157" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00810C71">
+            <w:r w:rsidRPr="00165157">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид</w:t>
-[...42 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t>Гибрид. Форма цветка: полумахровый- махровый розовидный; в центре шар тычинок. Размер цветка: 16см. Лепестки гофрированные, крупные, «лодочкой». Окраска: очень красивая густо-рубиново-красная без оттенков. Высота: 70см. Аромат: очень слабый. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00810C71">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> .</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00810C71" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253967360" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="39E5F011" wp14:editId="45377C77">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253970432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="52F754A9" wp14:editId="7577C024">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2821" name="Рисунок 2821" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
+                  <wp:docPr id="13" name="Рисунок 13" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Machinac Grand\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId45" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -11222,1342 +11369,2057 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00716766" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...128 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00A60113" w:rsidRPr="004F603D" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3114" w:hanging="2547"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МИСТЕР  ЭД                         MR. ED </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К.Клем,1980,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...13 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="00165157" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00A60113" w:rsidRPr="008045F7" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00165157">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: полумахровый- махровый розовидный; в центре шар тычинок. Размер цветка: 16см. Лепестки гофрированные, крупные, «лодочкой». Окраска: очень красивая густо-рубиново-красная без оттенков. Высота: 70см. Аромат: очень слабый. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t>Форма цветка:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+              <w:t xml:space="preserve"> махровый корончатый, с высоким центром- до бомбовидного. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t>Размер цветка: 16см. Окраска:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> внешние лепестки и корона светло-розовые, воротник кремовый, в роспуске кремовый с легкой розовинкой на внешних лепестках. Иногда на одном кусте расцветают и почти белые, и розовые цветки. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высота: 70см.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Аромат: приятный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A60113" w:rsidRPr="004D627F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="00DC3E41" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
-[...13 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253970432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="52F754A9" wp14:editId="7577C024">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253902848" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="22AB5A33" wp14:editId="22B00F40">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="page">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="142" name="Рисунок 142" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId46" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2547" w:hanging="2268"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>МЭНИ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ХЭППИ  РЕТЁРНС    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MANY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HAPPY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>RETURNS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Холлингсворт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1986,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид. Форма цветка: от анемоновидной до корончатой. Размер цветка: 18см. Окраска: ярко-красный; в полном роспуске карминно-красный. Практически не выгорает на солнце. Долго сохраняет декоративность. Высота: 80см. Аромат: нет. Листва волнистая, крупная. Срок цветения: средне-ранний.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253973504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23E618ED" wp14:editId="4D56FB90">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="13" name="Рисунок 13" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
+                  <wp:docPr id="157" name="Рисунок 157" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\пионы\Пионы\я  продать\Mr. Ed\1820-1365.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId46" cstate="print">
+                          <a:blip r:embed="rId47" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="004F603D" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="3114" w:hanging="2547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">МЭРИ  ДЖО  ЛЕГАР              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mary</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Jo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Legare</w:t>
+            </w:r>
             <w:r w:rsidRPr="00353F58">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">МИСТЕР  ЭД                         MR. ED </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                              ( </w:t>
-[...8 lines deleted...]
-              <w:t>К.Клем,1980,США</w:t>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Персон,1978,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
             <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A60113" w:rsidRPr="008045F7" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EF65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>Сложный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Размер цветка: 16см. Окраска:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lactiflora x officinalis x lobata. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Высота: 70см.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00353F58">
+              <w:t>Форма цветка: махровый полушаровидный- до шаровидного. Размер цветка: 17см. Окраска: сочно-розовый тёплого тона с алой подцветкой; к концу цветения выгорает почти до белого, но подцветка сохраняется. Долго сохраняет декоративнос</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Аромат: приятный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A60113" w:rsidRPr="004D627F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+              <w:t xml:space="preserve">ть. Высота: 80см.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стебли: мощные, прямые. Куст: устойчивый, компактный. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="008045F7" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок цветения: средний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004D627F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A60113" w:rsidRPr="0003249F" w:rsidRDefault="00A60113" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...10 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253902848" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="22AB5A33" wp14:editId="22B00F40">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253974528" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="1CFD9762" wp14:editId="47A55CCC">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="page">
+                  <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1616400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="142" name="Рисунок 142" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
-                  <wp:cNvGraphicFramePr/>
+                  <wp:docPr id="158" name="Рисунок 158"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1946" name="Рисунок 1946" descr="C:\Users\123\Pictures\фото\Пионы\Many Happy Returns\Many Happy Returns 06.jpg"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 18"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47" cstate="print">
+                          <a:blip r:embed="rId48">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
-                  <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...31 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC7376" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="2689" w:hanging="2122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОЛД  ФЕЙФУЛ                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MANY</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>OLD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003249F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>HAPPY</w:t>
-[...64 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+              <w:t>FAIFUL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00353F58">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гласкок-Фолк,1964,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B2FD8">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="008045F7" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: от анемоновидной до корончатой. Размер цветка: 18см. Окраска: ярко-красный; в полном роспуске карминно-красный. Практически не выгорает на солнце. Долго сохраняет декоративность. Высота: 80см. Аромат: нет. Листва волнистая, крупная. Срок цветения: средне-ранний.</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC7376">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гибрид 4 генерации. Форма цветка: махровый розовидный со свободными крупными лепестками. Размер цветка: 18см. Окраска: гранатово-красный с каштановым оттенком; в конце цветения кончики лепестков светлеют, проявляется насыщенно-красная подцветка; центр остается ярким. Долго сохраняет декоративность. Высота: 100см. Стебли: прямые, прочные. Куст: мощный, уст</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ойчивый. Срок цветения: поздний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF65EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004D627F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1500</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...13 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="005A67EF" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253973504" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="23E618ED" wp14:editId="4D56FB90">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254035968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F7CB1F5">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="2786" name="Рисунок 2786"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 7"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId49">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00810C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ОРИГИНАЛ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>какодуб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,2002,К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>азахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>махровый корончатый; внешние лепестки широкие, корона высокая, в ее основании- воротник из узких лепестков. Размер цветка: 11 см. Окраска: внешние лепестки светло-сиренево-розовые; в короне более яркие, густо-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>розовые с ярко-розовым насыщением к центру; воротник кремовый. Высота: 90 см. Аромат: приятный. Стебли: сильные. Куст: устойчивый. Срок цветения: средний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00725D7A" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253976576" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="356B547D" wp14:editId="71950FCE">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="157" name="Рисунок 157" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
+                  <wp:docPr id="39" name="Рисунок 39" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Mary Jo Legare\Mary Jo Legare 00 (2).jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48" cstate="print">
+                          <a:blip r:embed="rId50" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="000673B6" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002B2FD8">
-[...39 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПАМЯТИ  ГАГАРИНА     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EF65EF">
-[...27 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRPr="002B2FD8" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>раснова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1957,СССР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EF65EF">
+            <w:r w:rsidRPr="00A5445C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Сложный</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EF65EF">
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00EF65EF">
+              </w:rPr>
+              <w:t xml:space="preserve">махровый розовидный, плотный, густонабивной. Размер цветка: 20см. Окраска: варьирует по годам, от кремового с розовым напылением до белого с розоватым центром; красные отметки в центре. Бутоны и стебли очень темные. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: мощные, прямые, прочные. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>гибрид</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EF65EF">
+              <w:t>Срок цветения: средний</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A5445C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00725D7A" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -12589,802 +13451,82 @@
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00DC3E41" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...13 lines deleted...]
-                <w:caps/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738FF">
+              <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253974528" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="1CFD9762" wp14:editId="47A55CCC">
-[...713 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253976576" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="356B547D" wp14:editId="71950FCE">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253977600" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E8C4E37" wp14:editId="67A181E6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="39" name="Рисунок 39" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
+                  <wp:docPr id="1711" name="Рисунок 1711" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\пионы\Пионы\2. советские сорта\Памяти Гагарина\Памяти Гагарина 00.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId51" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -13394,2853 +13536,2794 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="000673B6" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПАСТЕЛЕГАНС                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PASTELEGANCE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
-[...60 lines deleted...]
-                <w:caps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>эйдл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1989,сша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:noProof/>
+              <w:t>Гибрид</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Форма цветка: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000673B6">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">махровый розовидный, плотный, густонабивной. Размер цветка: 20см. Окраска: варьирует по годам, от кремового с розовым напылением до белого с розоватым центром; красные отметки в центре. Бутоны и стебли очень темные. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: мощные, прямые, прочные. </w:t>
+              <w:t>Форма цветка: махровый до корончатого; внешние лепестки широкие, расположены чашевидно; корона из более узких сильногофрированных, с разрезными краями. Размер цветка: 15см. Окраска: светящийся насыщенно-розовато-кремовый с более светлой короной; в центре проглядывают темно-желтые тычинки. Высота: 95см. Аромат: пряный слабый с оттенком розы. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Срок цветения: средний</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A5445C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="00851EE7" w:rsidRDefault="00E57C71" w:rsidP="00802772">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00851EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00802772">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253917184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56883033" wp14:editId="41AE01A0">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="page">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="152" name="Рисунок 152" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2790" name="Рисунок 2790" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId52" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1616400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>РАПСОДИЯ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(АНАСТАСИЯ)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Сосновец-Фомичева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1960,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E609A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="00631CAC" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...8 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма цветка: махровый корончатый. Размер цветка: 15см. Окраска: трёхцветный: внешние лепестки сиренево</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-розовые, корона светло-жёлтая, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631CAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>центр розово-сиреневый с малиновой каймой. Высота: 90см. Боковых бутонов 3. Аромат: сильный. Стебли: прямые, прочные. Куст: устойчивый. Срок цветения: ранний. Устойчив к непогоде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00802772" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002738FF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253977600" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E8C4E37" wp14:editId="67A181E6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253984768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E2F3FA8" wp14:editId="75AA133A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2160000" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="159" name="Рисунок 159"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 19"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId53">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>роуз  нобль                      Rose  Noble</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD4DB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>андерс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1950,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сложный гибрид: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Quadruple</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>hybrids</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>albiflora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Officinalis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>macrophylla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mlokosewitschi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.Форма цветка: простой. Размер цветка: 15см. Окраска: кремовый с розовой окантовкой лепестков, розовыми жилками и малиновым пятном в центре. Тычинки светло-желтые с малиновыми тычиночными нитями; пестик светлый с красными рыльцами. Высота: 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">см. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стебли: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сильные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Куст:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> устойчивый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477915">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Срок цветения: очень ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="001563CB" w:rsidRDefault="0024588C" w:rsidP="001563CB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001563CB" w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001563CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A23B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254002176" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="172A0F2A" wp14:editId="4394854A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1711" name="Рисунок 1711" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
+                  <wp:docPr id="181" name="Рисунок 181" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\123\Pictures\пионы\Пионы\1. иностранные сорта\Pastelegance\Pastelegance 002.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52" cstate="print">
+                          <a:blip r:embed="rId54" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00444497">
-[...30 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRPr="004F603D" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СИРИН  ПАСТЕЛЬ</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC074A" w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      Serene Pastel</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC074A" w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>лем,2000,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...31 lines deleted...]
-                <w:bCs/>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="003A0F49" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007B47FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+              <w:t>Форма цветка: махровый корончатый- до розовидного. Размер цветка: 18см. Окраска: кремово-белый с розовеющим центром, в роспуске белый с лососевой подцветкой внутри и проглядывающими золотистыми тычинками. Высота: 80см. Аромат: сильный, очень приятный. Срок цветения: средне-ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="00851EE7" w:rsidRDefault="00E57C71" w:rsidP="00802772">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
-                <w:sz w:val="26"/>
-[...34 lines deleted...]
-              <w:t>000</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC074A">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...3 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253917184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56883033" wp14:editId="41AE01A0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253988864" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3562CC08" wp14:editId="2A3A17AA">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="page">
+                  <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="2160000" cy="1616400"/>
+                  <wp:extent cx="2152800" cy="1616400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="152" name="Рисунок 152" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                  <wp:docPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2790" name="Рисунок 2790" descr="C:\Users\123\Pictures\фото\Пионы\Рапсодия\Рапсодия 01.jpg"/>
+                          <pic:cNvPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53" cstate="print">
+                          <a:blip r:embed="rId55" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1616400"/>
+                            <a:ext cx="2152800" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631CAC">
-[...49 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СКРАМДИДЛЕМПТИУС</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71" w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Scrumdidleumptious</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57C71" w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:bCs/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E609A3">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Смит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A0F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-                <w:bCs/>
+              <w:t>,2002,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>,1960,</w:t>
-[...33 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="00E609A3" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00156840" w:rsidRPr="00631CAC" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="003A0F49" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00631CAC">
+            <w:r w:rsidRPr="003A0F49">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка: махровый корончатый. Размер цветка: 15см. Окраска: трёхцветный: внешние лепестки сиренево</w:t>
-[...22 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              <w:t>Ито-гибрид. Форма цветка: махровый розовидный. Размер цветка: 16см. Окраска: абрикосово-кремовый с розовеющими кончиками; в центре темно-малиновое пятно. Высота: 80см. Аромат: сильный пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00546969">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253984768" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7E2F3FA8" wp14:editId="75AA133A">
-[...547 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254002176" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="172A0F2A" wp14:editId="4394854A">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253926400" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="36D893B4" wp14:editId="2DA71EE2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="181" name="Рисунок 181" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
+                  <wp:docPr id="1698" name="Рисунок 1698" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Serene Pastel\1820-1365.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55" cstate="print">
+                          <a:blip r:embed="rId56" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B47FD">
-[...26 lines deleted...]
-          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>СЭМЕН  БЬЮТИ                      Salmon  Beauty</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Гласкок-Отен,1939,США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...44 lines deleted...]
-                <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CC074A" w:rsidRPr="003A0F49" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B47FD">
+            <w:r w:rsidRPr="0033763B">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Форма цветка: махровый корончатый- до розовидного. Размер цветка: 18см. Окраска: кремово-белый с розовеющим центром, в роспуске белый с лососевой подцветкой внутри и проглядывающими золотистыми тычинками. Высота: 80см. Аромат: сильный, очень приятный. Срок цветения: средне-ранний.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+              <w:t xml:space="preserve">Гибрид </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>lacti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033763B">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>iflora x officinalis. Форма цветка: махровый корончатый; внешние лепестки широкие, красиво обрамляющие корону из узких гофрированных. Размер цветка: 14см. Окраска: пастельно-розовый с более яркими малиново-розовыми краями и продольной штриховкой; в короне лососевая подцветка. Высота: 80см. Аромат: нет. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...10 lines deleted...]
-              <w:t>00</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC074A" w:rsidRPr="0003249F" w:rsidRDefault="00CC074A" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00156840" w:rsidRPr="005B5A91" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253988864" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3562CC08" wp14:editId="2A3A17AA">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253928448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="2F1FCA59" wp14:editId="71A28834">
                   <wp:simplePos x="0" y="0"/>
-                  <wp:positionH relativeFrom="column">
+                  <wp:positionH relativeFrom="page">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2152800" cy="1616400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
+                  <wp:docPr id="1699" name="Рисунок 1699" descr="C:\Users\123\Pictures\фото\Пионы\Ursa  Major\Ursa  Major 0.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1639" name="Рисунок 1639" descr="C:\Users\123\Pictures\фото\Пионы\Scrumdidleumptious\Scrumdidleumptious 03.jpg"/>
+                          <pic:cNvPr id="42" name="Рисунок 42" descr="C:\Users\123\Pictures\фото\Пионы\Ursa  Major\Ursa  Major 0.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56" cstate="print">
+                          <a:blip r:embed="rId57" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152800" cy="1616400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
-[...46 lines deleted...]
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3397" w:hanging="2830"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31529">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>УРСА  МЭЙДЖОР                      Ursa  Major</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Клем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,200</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>США</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-              </w:rPr>
-[...45 lines deleted...]
-                <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="003A0F49" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
-[...5 lines deleted...]
-              <w:ind w:left="113"/>
+          <w:p w:rsidR="00156840" w:rsidRPr="008471D5" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31529">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003A0F49">
+              <w:t xml:space="preserve">Форма цветка: японский. Размер цветка: 14см. Окраска: сиренево-красный, стаминодии розовые со сливочно-желтыми краями, рыльца пестика красные. Высота: 70см. Аромат: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ито-гибрид. Форма цветка: махровый розовидный. Размер цветка: 16см. Окраска: абрикосово-кремовый с розовеющими кончиками; в центре темно-малиновое пятно. Высота: 80см. Аромат: сильный пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t>сильный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31529">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Стебли: прочные. Куст: устойчивый. Срок цветения: средне-поздний.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="001563CB" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>4000</w:t>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="0024588C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E57C71" w:rsidRPr="0003249F" w:rsidRDefault="00E57C71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...8 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0077761F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253926400" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="36D893B4" wp14:editId="2DA71EE2">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253934592" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7000E32B" wp14:editId="6D17E47A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1698" name="Рисунок 1698" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
+                  <wp:docPr id="1700" name="Рисунок 1700" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Salmon Beauty\Salmon Beauty 014.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57" cstate="print">
+                          <a:blip r:embed="rId58" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033763B">
-[...6 lines deleted...]
-              <w:t>СЭМЕН  БЬЮТИ                      Salmon  Beauty</w:t>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ХОХЛОМА                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00F91E71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                       </w:t>
-[...54 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
-                <w:sz w:val="10"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F91E71">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Горобец-Тыран,1986,СССР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000521C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0033763B">
+            <w:r w:rsidRPr="000521C0">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0033763B">
+              <w:t>Гибрид. Форма цветка: простой чашевидный. Размер цветка: 18см. Окраска: бордовый, затем насыщенно-малиновый; тычинки желтые, тычиночные нити и рыльца пестиков малиновые. Высота: 85см. Аромат: слабый пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0033763B" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="005B5A91" w:rsidRDefault="00156840" w:rsidP="008D09D8">
-[...14 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1501">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253928448" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="2F1FCA59" wp14:editId="71A28834">
-[...323 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253934592" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="7000E32B" wp14:editId="6D17E47A">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253936640" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="57377A74" wp14:editId="06619434">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1700" name="Рисунок 1700" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
+                  <wp:docPr id="1674" name="Рисунок 1674" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\123\Pictures\фото\Пионы\Хохлома\2400-1800.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId59" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -16250,311 +16333,315 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000521C0">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00DD53BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ХЭРИТЕЙДЖ                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD53BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HERITAGE</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="005A67EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A67EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Андерсон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000521C0">
+              <w:t>,1999,США)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:ind w:right="284"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
-                <w:noProof/>
-[...30 lines deleted...]
-                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="008471D5" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000521C0">
+            <w:r w:rsidRPr="002A76DA">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Гибрид. Форма цветка: простой чашевидный. Размер цветка: 18см. Окраска: бордовый, затем насыщенно-малиновый; тычинки желтые, тычиночные нити и рыльца пестиков малиновые. Высота: 85см. Аромат: слабый пряный. Стебли: прочные. Куст: устойчивый. Срок цветения: ранний.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0003249F">
+              <w:t xml:space="preserve">Гибрид </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76DA">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
+                <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>lactiflora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> x lobata. Форма цветка: махровый розовидный. Размер цветка: 18см. Окраска: ярко-красный. Высота: 80см. Аромат: терпкий слабый. Стебли: толстые, прочные. Листья очень крупные, волнистые. Куст: устойчивый. Срок цветения: ранний.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00156840" w:rsidRPr="0003249F" w:rsidRDefault="00156840" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B1501">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="002C5F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253936640" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="57377A74" wp14:editId="06619434">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253940736" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="454F00CF" wp14:editId="02DEEC28">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1674" name="Рисунок 1674" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
+                  <wp:docPr id="2161" name="Рисунок 2161" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\123\Pictures\фото\Пионы\Heritage\Heritage 00.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId60" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -16575,1164 +16662,1063 @@
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD53BA">
-[...11 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЭТЧЕД  САЛМОН                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>HERITAGE</w:t>
+              <w:t>Etched</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Salmon</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:ind w:right="284"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
-                <w:caps/>
-[...19 lines deleted...]
-              <w:t>Андерсон</w:t>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07962">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>азенс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:smallCaps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1981,США</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>,1999,США)</w:t>
+              <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
-              <w:ind w:right="284"/>
-[...4 lines deleted...]
-                <w:smallCaps/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F91E71" w:rsidRPr="008471D5" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A76DA">
+            <w:r w:rsidRPr="004E7C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Гибрид </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002A76DA">
+              <w:t>Гибрид. Форма цветка: розовидный, компактн</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
-                <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002A76DA">
+              </w:rPr>
+              <w:t>ый; плоский; внешние широкие ле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> x lobata. Форма цветка: махровый розовидный. Размер цветка: 18см. Окраска: ярко-красный. Высота: 80см. Аромат: терпкий слабый. Стебли: толстые, прочные. Листья очень крупные, волнистые. Куст: устойчивый. Срок цветения: ранний.</w:t>
+              <w:t>пестки образуют нераскрывающуюся чашу; внутренние бол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ее узкие, с разрезны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ми краями, сборчатые. Размер цветка: 16см. Ок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>раска: пастельно-розовый с лосо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сево-красным насыщением в центре; затем поч</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ти белый, но свечение сохраняет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ся. Долго сохраняет декоративность. Высота: 80см. Аромат: лимона. Стебли: пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ямые прочные. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E7C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Срок цветения: средне-ранний.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
-                <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2000</w:t>
+              <w:t>3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
-[...16 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00176A46" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253940736" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="454F00CF" wp14:editId="02DEEC28">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253998080" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="19568BA2" wp14:editId="28377668">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:posOffset>36195</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="2163600" cy="1623600"/>
+                  <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="150" name="Рисунок 150"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 12"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId61">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2163600" cy="1623600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6156" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00176A46" w:rsidRPr="00CD4DB7" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ЮБИЛЕЙНЫЙ   ГБС</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00176A46" w:rsidRPr="004F603D" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1388">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000673B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0003249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>раснова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F3628">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>,1959,СССР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00176A46" w:rsidRPr="00CD4DB7" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A5445C">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма цветка: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">махровый корончатый. Корона воронковидная. Размер цветка: 17 см. Окраска: сначала розовато-кремовый, затем практически белый. Высота: 60 см. Аромат: сильный. Стебли: изгибаются. Куст: устойчивый. Срок цветения: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>средне-поздний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00176A46" w:rsidRPr="00725D7A" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="733" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003745A8" w:rsidRPr="0003249F" w:rsidTr="00775C83">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11283" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003745A8" w:rsidRPr="0003249F" w:rsidRDefault="003745A8" w:rsidP="003745A8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ДРЕВОВИДНЫЕ  ПИОНЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidTr="002B3C35">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="2665"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:noWrap/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="00253D0A" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405916">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254010368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34376128" wp14:editId="4B9700C4">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="2161" name="Рисунок 2161" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
+                  <wp:docPr id="105" name="Рисунок 105" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\123\Pictures\фото\Пионы\Etched Salmon\Etched Salmon 07.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61" cstate="print">
+                          <a:blip r:embed="rId62" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="3256" w:hanging="2689"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC2E35">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>ОЧИ  ЧЕРНЫЕ</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
-                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-[...212 lines deleted...]
-                <w:caps/>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="0024588C" w:rsidP="008D09D8">
+          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="002B3C35">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3000</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3C35">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F91E71" w:rsidRPr="0003249F" w:rsidRDefault="00F91E71" w:rsidP="008D09D8">
+          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00176A46" w:rsidRPr="0003249F" w:rsidTr="008D09D8">
+      <w:tr w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidTr="00925756">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00176A46" w:rsidRDefault="00176A46" w:rsidP="008D09D8">
-[...8 lines deleted...]
-                <w:noProof/>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="00253D0A" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E4DE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="253998080" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="19568BA2" wp14:editId="28377668">
-[...424 lines deleted...]
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254010368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34376128" wp14:editId="4B9700C4">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254020608" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="73D20C03" wp14:editId="5C23C7A6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="105" name="Рисунок 105" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
+                  <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\фото\Древовидные пионы\2400-1800 — копия.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId63" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -17742,214 +17728,203 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="3256" w:hanging="2689"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC2E35">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>ОЧИ  ЧЕРНЫЕ</w:t>
+              <w:t>ПУРПУРОВО-РОЗОВЫЙ</w:t>
             </w:r>
             <w:r w:rsidRPr="0003249F">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                     </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002B3C35" w:rsidRPr="009A3745" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+              <w:t xml:space="preserve">                                                                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="137"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="002B3C35">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidRPr="00565BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B3C35" w:rsidRPr="0003249F" w:rsidRDefault="002B3C35" w:rsidP="002B3C35">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidTr="00925756">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2665"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00533DA8" w:rsidRPr="00253D0A" w:rsidRDefault="00533DA8" w:rsidP="00925756">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="004E4DE5">
+          <w:p w:rsidR="00533DA8" w:rsidRPr="00972D66" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+                <w:b/>
+                <w:caps/>
+                <w:noProof/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005315AB">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254020608" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="73D20C03" wp14:editId="5C23C7A6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="254016512" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="14893593" wp14:editId="6ED8F941">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:align>center</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:posOffset>36195</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2160000" cy="1620000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
+                  <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\пурпуровая звезда.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\2400-1800 — копия — копия — копия.jpg"/>
+                          <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\123\Pictures\пионы\Пионы древовидные\1. наши сорта\я продать\пурпуровая звезда.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId64" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1620000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
@@ -17959,915 +17934,111 @@
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6156" w:type="dxa"/>
             <w:noWrap/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00533DA8" w:rsidRPr="009A3745" w:rsidRDefault="00533DA8" w:rsidP="00925756">
+          <w:p w:rsidR="00533DA8" w:rsidRDefault="00533DA8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="3256" w:hanging="2689"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
+                <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>ПУРПУРОВО-РОЗОВЫЙ</w:t>
-[...21 lines deleted...]
-            </w:pPr>
+              <w:t>ПУРПУРОВАЯ  ЗВЕЗДА</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00565BF8" w:rsidP="00925756">
+          <w:p w:rsidR="00533DA8" w:rsidRDefault="00565BF8" w:rsidP="00925756">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00565BF8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00533DA8" w:rsidRPr="0003249F" w:rsidRDefault="00533DA8" w:rsidP="00925756">
-            <w:pPr>
-[...782 lines deleted...]
-          <w:p w:rsidR="00BE3022" w:rsidRPr="0003249F" w:rsidRDefault="00BE3022" w:rsidP="00CB22AA">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b/>
                 <w:caps/>
                 <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0003249F" w:rsidRPr="0003249F" w:rsidRDefault="0003249F" w:rsidP="0003249F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0003249F" w:rsidRPr="0003249F" w:rsidRDefault="0003249F" w:rsidP="0003249F">
@@ -19412,50 +18583,51 @@
     <w:rsid w:val="00327C15"/>
     <w:rsid w:val="00330837"/>
     <w:rsid w:val="00330848"/>
     <w:rsid w:val="003344EA"/>
     <w:rsid w:val="00336146"/>
     <w:rsid w:val="0033740C"/>
     <w:rsid w:val="0033763B"/>
     <w:rsid w:val="00337A2E"/>
     <w:rsid w:val="003401F9"/>
     <w:rsid w:val="00351C07"/>
     <w:rsid w:val="00353AE0"/>
     <w:rsid w:val="00353F58"/>
     <w:rsid w:val="00355D6D"/>
     <w:rsid w:val="003571B1"/>
     <w:rsid w:val="00357B95"/>
     <w:rsid w:val="00362828"/>
     <w:rsid w:val="00365A8D"/>
     <w:rsid w:val="00367F61"/>
     <w:rsid w:val="00371E1C"/>
     <w:rsid w:val="00372C8F"/>
     <w:rsid w:val="003745A8"/>
     <w:rsid w:val="00374C2A"/>
     <w:rsid w:val="00375C4A"/>
     <w:rsid w:val="00376388"/>
     <w:rsid w:val="00376C70"/>
+    <w:rsid w:val="00377764"/>
     <w:rsid w:val="0038061F"/>
     <w:rsid w:val="00383433"/>
     <w:rsid w:val="00383D93"/>
     <w:rsid w:val="003846AF"/>
     <w:rsid w:val="00384A6D"/>
     <w:rsid w:val="00384EDC"/>
     <w:rsid w:val="00386CC4"/>
     <w:rsid w:val="00391FAB"/>
     <w:rsid w:val="00392C70"/>
     <w:rsid w:val="00393790"/>
     <w:rsid w:val="0039581A"/>
     <w:rsid w:val="00396851"/>
     <w:rsid w:val="0039690D"/>
     <w:rsid w:val="00397E55"/>
     <w:rsid w:val="00397F25"/>
     <w:rsid w:val="003A0828"/>
     <w:rsid w:val="003A0F49"/>
     <w:rsid w:val="003A2CF0"/>
     <w:rsid w:val="003A2E51"/>
     <w:rsid w:val="003A60FD"/>
     <w:rsid w:val="003B0B0A"/>
     <w:rsid w:val="003B1133"/>
     <w:rsid w:val="003B1F47"/>
     <w:rsid w:val="003B2D12"/>
     <w:rsid w:val="003B61FE"/>
@@ -19907,50 +19079,51 @@
     <w:rsid w:val="00A77995"/>
     <w:rsid w:val="00A8064E"/>
     <w:rsid w:val="00A819D8"/>
     <w:rsid w:val="00A85403"/>
     <w:rsid w:val="00A87B24"/>
     <w:rsid w:val="00A9065F"/>
     <w:rsid w:val="00A95B05"/>
     <w:rsid w:val="00A969D6"/>
     <w:rsid w:val="00A96D38"/>
     <w:rsid w:val="00A97CEB"/>
     <w:rsid w:val="00AA14E8"/>
     <w:rsid w:val="00AA369E"/>
     <w:rsid w:val="00AA3DB8"/>
     <w:rsid w:val="00AA4285"/>
     <w:rsid w:val="00AA548F"/>
     <w:rsid w:val="00AA5664"/>
     <w:rsid w:val="00AB34EB"/>
     <w:rsid w:val="00AB62DA"/>
     <w:rsid w:val="00AC2E35"/>
     <w:rsid w:val="00AC555B"/>
     <w:rsid w:val="00AC759D"/>
     <w:rsid w:val="00AD2A09"/>
     <w:rsid w:val="00AD2CCE"/>
     <w:rsid w:val="00AD6D97"/>
     <w:rsid w:val="00AE1126"/>
+    <w:rsid w:val="00AE4A0E"/>
     <w:rsid w:val="00AE4AD3"/>
     <w:rsid w:val="00AE5077"/>
     <w:rsid w:val="00AE6CD7"/>
     <w:rsid w:val="00AF6A17"/>
     <w:rsid w:val="00B02971"/>
     <w:rsid w:val="00B0343B"/>
     <w:rsid w:val="00B03D0D"/>
     <w:rsid w:val="00B1082F"/>
     <w:rsid w:val="00B115F2"/>
     <w:rsid w:val="00B134DA"/>
     <w:rsid w:val="00B13861"/>
     <w:rsid w:val="00B1673B"/>
     <w:rsid w:val="00B202F8"/>
     <w:rsid w:val="00B2142D"/>
     <w:rsid w:val="00B260F7"/>
     <w:rsid w:val="00B2649C"/>
     <w:rsid w:val="00B26C40"/>
     <w:rsid w:val="00B337F8"/>
     <w:rsid w:val="00B37196"/>
     <w:rsid w:val="00B42084"/>
     <w:rsid w:val="00B458AE"/>
     <w:rsid w:val="00B46AA2"/>
     <w:rsid w:val="00B5067D"/>
     <w:rsid w:val="00B51246"/>
     <w:rsid w:val="00B526E6"/>
@@ -21527,51 +20700,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1977951362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rohlin@list.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\123\AppData\Roaming\Microsoft\Word\&#1072;&#1076;&#1088;&#1077;&#1089;,&#1090;&#1077;&#1083;&#1077;&#1092;&#1086;&#1085;.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rohlin@list.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\123\AppData\Roaming\Microsoft\Word\&#1072;&#1076;&#1088;&#1077;&#1089;,&#1090;&#1077;&#1083;&#1077;&#1092;&#1086;&#1085;.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21800,81 +20973,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B38EDAE-A718-4B45-8837-C9E503732E4D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6887FCC7-0137-4271-910B-7FF7A92D6597}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2903</Words>
-  <Characters>16551</Characters>
+  <Words>2835</Words>
+  <Characters>16162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19416</CharactersWithSpaces>
+  <CharactersWithSpaces>18960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>123</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>